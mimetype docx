--- v0 (2025-10-07)
+++ v1 (2026-01-07)
@@ -218,225 +218,217 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="2ED964A9" w14:textId="77777777" w:rsidR="00672E22" w:rsidRPr="00E71DAE" w:rsidRDefault="00672E22" w:rsidP="00C47B2E">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="600" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E71DAE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Mirosz Jankowski i Partnerzy Kancelaria Radców Prawnych </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64F76E80" w14:textId="77777777" w:rsidR="00672E22" w:rsidRPr="00E71DAE" w:rsidRDefault="000D5FD8" w:rsidP="00C47B2E">
+    <w:p w14:paraId="03570CCE" w14:textId="77777777" w:rsidR="000D5FD8" w:rsidRPr="00E71DAE" w:rsidRDefault="000D5FD8" w:rsidP="00C47B2E">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="600" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E71DAE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t xml:space="preserve">Battara Bartoszek Kuliński BBK </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="03570CCE" w14:textId="77777777" w:rsidR="000D5FD8" w:rsidRPr="00E71DAE" w:rsidRDefault="000D5FD8" w:rsidP="00C47B2E">
+        <w:t>Kancelaria Góralski &amp; Goss Spółka Partnerów Adwokatów</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D92E851" w14:textId="77777777" w:rsidR="000D5FD8" w:rsidRPr="00E71DAE" w:rsidRDefault="000D5FD8" w:rsidP="00C47B2E">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="600" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E71DAE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>Kancelaria Góralski &amp; Goss Spółka Partnerów Adwokatów</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3D92E851" w14:textId="77777777" w:rsidR="000D5FD8" w:rsidRPr="00E71DAE" w:rsidRDefault="000D5FD8" w:rsidP="00C47B2E">
+        <w:t xml:space="preserve">Kancelaria Sobolewska i Wspólnicy Doradcy Prawni Sp. k. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47E74F15" w14:textId="77777777" w:rsidR="000D5FD8" w:rsidRPr="00E71DAE" w:rsidRDefault="000D5FD8" w:rsidP="00C47B2E">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="600" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E71DAE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kancelaria Sobolewska i Wspólnicy Doradcy Prawni Sp. k. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="47E74F15" w14:textId="77777777" w:rsidR="000D5FD8" w:rsidRPr="00E71DAE" w:rsidRDefault="000D5FD8" w:rsidP="00C47B2E">
+        <w:t>Kancelaria Adwokacka Góralski &amp; Góralska sp. p. a.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FD1A270" w14:textId="77777777" w:rsidR="000D5FD8" w:rsidRPr="00E71DAE" w:rsidRDefault="000D5FD8" w:rsidP="00C47B2E">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="600" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E71DAE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>Kancelaria Adwokacka Góralski &amp; Góralska sp. p. a.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0FD1A270" w14:textId="77777777" w:rsidR="000D5FD8" w:rsidRPr="00E71DAE" w:rsidRDefault="000D5FD8" w:rsidP="00C47B2E">
+        <w:t>Prokuratura Okręgowa Warszawa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="785152F0" w14:textId="77777777" w:rsidR="000D5FD8" w:rsidRDefault="00C47B2E" w:rsidP="00C47B2E">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="600" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E71DAE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>Prokuratura Okręgowa Warszawa</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="785152F0" w14:textId="77777777" w:rsidR="000D5FD8" w:rsidRDefault="00C47B2E" w:rsidP="00C47B2E">
+        <w:t>Prokuratura Okrę</w:t>
+      </w:r>
+      <w:r w:rsidR="000D5FD8" w:rsidRPr="00E71DAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>gowa Warszawa - Praga w Warszawie</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BDB48B9" w14:textId="37FBB842" w:rsidR="000F2CD4" w:rsidRDefault="000F2CD4" w:rsidP="00C47B2E">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="600" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E71DAE">
-[...16 lines deleted...]
-    <w:p w14:paraId="7BDB48B9" w14:textId="37FBB842" w:rsidR="000F2CD4" w:rsidRPr="00E71DAE" w:rsidRDefault="000F2CD4" w:rsidP="00C47B2E">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Sąd Apelacyjny w Warszawie</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5533F039" w14:textId="585B8C3D" w:rsidR="00BB44EF" w:rsidRPr="00E71DAE" w:rsidRDefault="00BB44EF" w:rsidP="00C47B2E">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="600" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>Sąd Apelacyjny w Warszawie</w:t>
+      <w:r w:rsidRPr="00BB44EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Kancelaria Adwokacka Adwokat Bartosz Kotowicz</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62E7C07D" w14:textId="77777777" w:rsidR="005B272B" w:rsidRPr="00C47B2E" w:rsidRDefault="005B272B" w:rsidP="001323B1">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:spacing w:after="0" w:line="600" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6FD06CA0" w14:textId="77777777" w:rsidR="00672E22" w:rsidRPr="00672E22" w:rsidRDefault="00672E22" w:rsidP="00672E22">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00672E22" w:rsidRPr="00672E22">
       <w:pgSz w:w="11906" w:h="16838"/>
@@ -465,58 +457,58 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2FE8CA29" w14:textId="77777777" w:rsidR="00174DD5" w:rsidRDefault="00174DD5" w:rsidP="00AF0277">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7449F6DA" w14:textId="77777777" w:rsidR="00174DD5" w:rsidRDefault="00174DD5" w:rsidP="00AF0277">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
@@ -624,69 +616,73 @@
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004B603E"/>
     <w:rsid w:val="00070207"/>
+    <w:rsid w:val="00077577"/>
     <w:rsid w:val="000D5FD8"/>
     <w:rsid w:val="000F2CD4"/>
     <w:rsid w:val="001323B1"/>
     <w:rsid w:val="00147765"/>
     <w:rsid w:val="00174DD5"/>
     <w:rsid w:val="002E41C7"/>
+    <w:rsid w:val="002F30A9"/>
     <w:rsid w:val="00320CAA"/>
     <w:rsid w:val="004B603E"/>
     <w:rsid w:val="005B272B"/>
     <w:rsid w:val="00672E22"/>
     <w:rsid w:val="007A5511"/>
     <w:rsid w:val="0082206C"/>
     <w:rsid w:val="009421CF"/>
     <w:rsid w:val="00AF0277"/>
+    <w:rsid w:val="00BB44EF"/>
     <w:rsid w:val="00C47B2E"/>
     <w:rsid w:val="00C6524A"/>
     <w:rsid w:val="00D52FFE"/>
     <w:rsid w:val="00D9246E"/>
     <w:rsid w:val="00E71DAE"/>
+    <w:rsid w:val="00FC4E40"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4B2A1E9F"/>
@@ -1665,69 +1661,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>114</Words>
-  <Characters>690</Characters>
+  <Words>110</Words>
+  <Characters>664</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Uczelnia Łazarskiego</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>803</CharactersWithSpaces>
+  <CharactersWithSpaces>773</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Julita Panufnik</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>