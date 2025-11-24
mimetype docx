--- v0 (2025-10-10)
+++ v1 (2025-11-24)
@@ -62,133 +62,125 @@
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="9006281" cy="1241824"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="021855E0" w14:textId="1FA994CF" w:rsidR="008F5401" w:rsidRPr="00605F29" w:rsidRDefault="008F5401" w:rsidP="008F5401">
+    <w:p w14:paraId="021855E0" w14:textId="6C5188D4" w:rsidR="008F5401" w:rsidRPr="00605F29" w:rsidRDefault="008F5401" w:rsidP="008F5401">
       <w:pPr>
         <w:ind w:left="851"/>
         <w:rPr>
           <w:spacing w:val="10"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00035A93">
         <w:rPr>
           <w:spacing w:val="10"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Warszawa, dnia </w:t>
       </w:r>
-      <w:r w:rsidR="00122F98">
+      <w:r w:rsidR="00F61337">
         <w:rPr>
           <w:spacing w:val="10"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...7 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>05</w:t>
       </w:r>
       <w:r w:rsidR="00974083">
         <w:rPr>
           <w:spacing w:val="10"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>.0</w:t>
+        <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00122F98">
+      <w:r w:rsidR="00F61337">
         <w:rPr>
           <w:spacing w:val="10"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>8</w:t>
+        <w:t>XI</w:t>
       </w:r>
       <w:r w:rsidRPr="00605F29">
         <w:rPr>
           <w:spacing w:val="10"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.2025 r.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02F41855" w14:textId="49E9301D" w:rsidR="008F5401" w:rsidRPr="008F5401" w:rsidRDefault="008F5401" w:rsidP="007B7DE3">
+    <w:p w14:paraId="02F41855" w14:textId="149FE338" w:rsidR="008F5401" w:rsidRPr="008F5401" w:rsidRDefault="008F5401" w:rsidP="007B7DE3">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="851"/>
         <w:rPr>
           <w:spacing w:val="10"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00605F29">
         <w:rPr>
           <w:spacing w:val="10"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Wersja dokumentu: nr </w:t>
       </w:r>
-      <w:r w:rsidR="00122F98">
+      <w:r w:rsidR="00F61337">
         <w:rPr>
           <w:spacing w:val="10"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>7</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="768127A9" w14:textId="1C5B68B7" w:rsidR="00E43512" w:rsidRPr="00494BF4" w:rsidRDefault="008F5401" w:rsidP="00494BF4">
       <w:pPr>
         <w:pStyle w:val="Tytu"/>
         <w:spacing w:before="480" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:right="851"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B7DE3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:caps w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>Harmonogram udzielania wsparcia</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk174349333"/>
@@ -3045,59 +3037,51 @@
               <w:ind w:right="850"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:strike/>
                 <w:color w:val="EE0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87FD5">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:strike/>
                 <w:color w:val="EE0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sala 462, sektor F, IV piętro</w:t>
             </w:r>
             <w:r w:rsidR="00A87FD5">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Platforma MS </w:t>
+              <w:t xml:space="preserve"> Platforma MS </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00A87FD5">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Teams</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18424B94" w14:textId="702A90BA" w:rsidR="004B3A3D" w:rsidRDefault="004B3A3D" w:rsidP="004B3A3D">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:right="29"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
@@ -3258,61 +3242,51 @@
               <w:ind w:right="850"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2C7B97C4" w14:textId="27195F7D" w:rsidR="00A87FD5" w:rsidRPr="00A87FD5" w:rsidRDefault="00A87FD5" w:rsidP="00A87FD5">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87FD5">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:strike/>
                 <w:color w:val="EE0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">Uczelnia Łazarskiego,  </w:t>
+              <w:t xml:space="preserve"> Uczelnia Łazarskiego,  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C7A0642" w14:textId="77777777" w:rsidR="00A87FD5" w:rsidRPr="00A87FD5" w:rsidRDefault="00A87FD5" w:rsidP="00A87FD5">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:strike/>
                 <w:color w:val="EE0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A87FD5">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:strike/>
                 <w:color w:val="EE0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">ul. Świeradowska 43, </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="104ED378" w14:textId="77777777" w:rsidR="00A87FD5" w:rsidRPr="00A87FD5" w:rsidRDefault="00A87FD5" w:rsidP="00A87FD5">
@@ -3678,65 +3652,75 @@
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73A720E9" w14:textId="77777777" w:rsidR="004B3A3D" w:rsidRPr="00A87FD5" w:rsidRDefault="004B3A3D" w:rsidP="004B3A3D">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:right="29"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2D9EB0D2" w14:textId="499DDC6C" w:rsidR="004B3A3D" w:rsidRPr="00A87FD5" w:rsidRDefault="004B3A3D" w:rsidP="004B3A3D">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:right="29"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00A87FD5">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Zajęcia </w:t>
             </w:r>
             <w:r w:rsidR="004F1903" w:rsidRPr="00A87FD5">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> stacjonarne </w:t>
+              <w:t xml:space="preserve"> stacjonarne</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="004F1903" w:rsidRPr="00A87FD5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F1903" w14:paraId="250EA4AB" w14:textId="77777777" w:rsidTr="00321950">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="705" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DFEFAED" w14:textId="6ED76904" w:rsidR="004F1903" w:rsidRDefault="004F1903" w:rsidP="004F1903">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
               </w:tabs>
               <w:spacing w:before="0" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
@@ -10914,67 +10898,93 @@
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF3D0B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E59CC15" w14:textId="77777777" w:rsidR="00321950" w:rsidRPr="004F1903" w:rsidRDefault="00321950" w:rsidP="00C22E94">
+          <w:p w14:paraId="3E59CC15" w14:textId="1E739864" w:rsidR="00321950" w:rsidRPr="004F1903" w:rsidRDefault="00321950" w:rsidP="00C22E94">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="EE0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Wizyta studyjna (1 dzień)</w:t>
+              <w:t xml:space="preserve">Wizyta studyjna (1 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>dzień)</w:t>
+            </w:r>
+            <w:r w:rsidR="00F61337">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>LCM</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00F61337">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-Łomża</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15F727FC" w14:textId="77777777" w:rsidR="00321950" w:rsidRPr="004F1903" w:rsidRDefault="00321950" w:rsidP="00C22E94">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:right="29"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="EE0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Zajęcia stacjonarne </w:t>
@@ -11191,158 +11201,7433 @@
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">ul. Świeradowska 43, </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="04A061AB" w14:textId="77777777" w:rsidR="00321950" w:rsidRPr="00AB3E81" w:rsidRDefault="00321950" w:rsidP="00C22E94">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB3E81">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>02-662 Warszawa</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="17CF8715" w14:textId="6F643D41" w:rsidR="00321950" w:rsidRDefault="00321950" w:rsidP="00C22E94">
+          <w:p w14:paraId="17CF8715" w14:textId="5E7B2FE0" w:rsidR="00321950" w:rsidRDefault="00321950" w:rsidP="00C22E94">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB3E81">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Sala 567, sektor F,</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Sala </w:t>
+            </w:r>
+            <w:r w:rsidR="00F61337">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>129</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB3E81">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, sektor </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00F61337">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB3E81">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="00F61337">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
             <w:r w:rsidRPr="00AB3E81">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">V piętro    </w:t>
+              <w:t xml:space="preserve"> piętro    </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0F7DFFAE" w14:textId="77777777" w:rsidR="00321950" w:rsidRDefault="00321950" w:rsidP="00C22E94">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6FC681E3" w14:textId="77777777" w:rsidR="00321950" w:rsidRPr="00A00EEA" w:rsidRDefault="00321950" w:rsidP="00C22E94">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:right="29"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Zajęcia stacjonarne </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="12C5B613" w14:textId="7198F93A" w:rsidR="00475ADB" w:rsidRDefault="00475ADB" w:rsidP="00F81CC8">
+    <w:p w14:paraId="13E70609" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="00F81CC8">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="240"/>
+        <w:ind w:right="850"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
+        <w:tblW w:w="14313" w:type="dxa"/>
+        <w:tblInd w:w="424" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="705"/>
+        <w:gridCol w:w="5529"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="1842"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A6432E" w:rsidRPr="00321950" w14:paraId="2F5BFD5F" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14313" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="20DF3E0B" w14:textId="426438AE" w:rsidR="00A6432E" w:rsidRPr="00321950" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321950">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Edycja I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A6432E" w14:paraId="3AC8376F" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7713E306" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50F96240" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Koordynator w Placówkach Opieki Zdrowotnej</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A3B21DF" w14:textId="184A2D5A" w:rsidR="00A6432E" w:rsidRPr="00B16F70" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="198F1BB7" w14:textId="5395ACCE" w:rsidR="00A6432E" w:rsidRPr="00BF3D0B" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2226FBB2" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRPr="00BF3D0B" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-17:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C92A8B1" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uczelnia Łazarskiego,  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="315E5DA7" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ul. Świeradowska 43, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C3B90DC" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRPr="00AB3E81" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3E81">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02-662 Warszawa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="465187EA" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRPr="00AE4AB6" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3E81">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40D8086E" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia stacjonarne </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A6432E" w:rsidRPr="00E14160" w14:paraId="281DE903" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E035E23" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="523F4320" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Koordynator w Placówkach Opieki Zdrowotnej</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FFEF75E" w14:textId="251F5DF9" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5364BBB2" w14:textId="3776944D" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A8180BE" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3534D423" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uczelnia Łazarskiego,  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46BB17C2" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ul. Świeradowska 43, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="128B4D8A" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRPr="00AB3E81" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3E81">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02-662 Warszawa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="052A555E" w14:textId="29A0E513" w:rsidR="00A6432E" w:rsidRPr="0062117D" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:strike/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4419AD66" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRPr="00E14160" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia stacjonarne </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A6432E" w:rsidRPr="00E14160" w14:paraId="479A3264" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E80F275" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53E2283A" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Koordynator w Placówkach Opieki Zdrowotnej</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="262E1BFA" w14:textId="3D8515A4" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51F416AB" w14:textId="4B3FB700" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C167797" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24F68AB0" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Platforma MS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teams</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21334992" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRPr="00E14160" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia zdalne </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A6432E" w14:paraId="70F7A5D7" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="018C03B1" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73765D36" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Koordynator w Placówkach Opieki Zdrowotnej</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EE2DE80" w14:textId="788BA154" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="007E9983" w14:textId="378068EA" w:rsidR="00A6432E" w:rsidRPr="00E14160" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13D3F53C" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4573AC94" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01B08E70" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRPr="00E14160" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Platforma MS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teams</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D550041" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia zdalne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A6432E" w14:paraId="7231DC10" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67A20CFC" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ED8FE55" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Koordynator w Placówkach Opieki Zdrowotnej</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75A1D419" w14:textId="3C3F047A" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C52BF63" w14:textId="10880971" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D851FFD" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRPr="00BF3D0B" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="272923C0" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uczelnia Łazarskiego,  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="704D3385" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ul. Świeradowska 43, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CBE6D0D" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02-662 Warszawa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="106A6FC1" w14:textId="047C24EA" w:rsidR="00A6432E" w:rsidRPr="0072452C" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="850"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E4E0565" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia stacjonarne </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A6432E" w14:paraId="144E314B" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DD452FC" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55809371" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Koordynator w Placówkach Opieki Zdrowotnej</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40A546AB" w14:textId="2DC5DFB6" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F94E830" w14:textId="0595BF47" w:rsidR="00A6432E" w:rsidRPr="00E14160" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E9C39A7" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRPr="00BF3D0B" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-17:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A5C88B2" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uczelnia Łazarskiego,  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AF4E404" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ul. Świeradowska 43, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FDC2EA3" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02-662 Warszawa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39E1CFCF" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="00516A65">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26EE054D" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia stacjonarne </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A6432E" w14:paraId="07AD7ECC" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16C5C751" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C7C2353" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Koordynator w Placówkach Opieki Zdrowotnej</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01640A23" w14:textId="6E50E176" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75E5922A" w14:textId="1291EF32" w:rsidR="00A6432E" w:rsidRPr="00E14160" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>07</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="032550F8" w14:textId="4FFF93BA" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="499FF4EA" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="850"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Platforma MS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teams</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18837F0B" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia zdalne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A6432E" w14:paraId="037CF842" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25E61B9F" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07BE6F7E" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Koordynator w Placówkach Opieki Zdrowotnej</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FC7E840" w14:textId="138E09FE" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2325B0ED" w14:textId="4C7FAFF8" w:rsidR="00A6432E" w:rsidRPr="00E14160" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>08</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7801271F" w14:textId="6B6D0777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F46C4D9" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="850"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Platforma MS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teams</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38FAAAF3" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia zdalne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A6432E" w14:paraId="5CA1E6F0" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C4CB67E" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5601FAA8" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Koordynator w Placówkach Opieki Zdrowotnej</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24F9D4AD" w14:textId="23B5CC38" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F60BBEE" w14:textId="7A1EC7E2" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D164D16" w14:textId="4DAB4766" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B98249A" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Uczelnia Łazarskiego,  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56C0F917" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ul. Świeradowska 43, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4420DCB1" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRPr="00AB3E81" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3E81">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02-662 Warszawa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="376DF502" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="00516A65">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="105D0BFF" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia stacjonarne </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A6432E" w14:paraId="0215A2C3" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A2572F5" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19B7FED1" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Koordynator w Placówkach Opieki Zdrowotnej</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42B75B49" w14:textId="2A4A7E94" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F35E4AD" w14:textId="35646604" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21927C91" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-17:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BC1979A" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uczelnia Łazarskiego,  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CE1A904" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ul. Świeradowska 43, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="181DCF87" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRPr="00AB3E81" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3E81">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02-662 Warszawa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EB9598E" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="00516A65">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67AD6557" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia stacjonarne </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A6432E" w:rsidRPr="004F1903" w14:paraId="5C70FFC8" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1311B263" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28F54581" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Koordynator w Placówkach Opieki Zdrowotnej</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64781F8E" w14:textId="79BCD492" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F5F858A" w14:textId="15FFF419" w:rsidR="00A6432E" w:rsidRPr="004F1903" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E93021C" w14:textId="73C72439" w:rsidR="00A6432E" w:rsidRPr="004F1903" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0 - 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28C4B321" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRPr="004F1903" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Platforma MS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teams</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D18D35B" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRPr="004F1903" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia zdalne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A6432E" w:rsidRPr="004F1903" w14:paraId="45F0006D" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76117E8F" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18312B2A" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Koordynator w Placówkach Opieki Zdrowotnej</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31519D6F" w14:textId="33064572" w:rsidR="00A6432E" w:rsidRPr="00A41047" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2311877D" w14:textId="538B581F" w:rsidR="00A6432E" w:rsidRPr="004F1903" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="009460CB">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="009460CB">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="728789EB" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRPr="004F1903" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54C2EF76" w14:textId="588514CF" w:rsidR="00A6432E" w:rsidRPr="004F1903" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Wizyta studyjna (1 dzień)</w:t>
+            </w:r>
+            <w:r w:rsidR="009460CB">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> LCM</w:t>
+            </w:r>
+            <w:r w:rsidR="00516A65">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - Łomża</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55695BB5" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRPr="004F1903" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia stacjonarne </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A6432E" w:rsidRPr="00A00EEA" w14:paraId="5E260086" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="234D2EFD" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63106E22" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Koordynator w Placówkach Opieki Zdrowotnej</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="085E0079" w14:textId="01E2A108" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Edycja I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1944C793" w14:textId="35B54F4C" w:rsidR="00A6432E" w:rsidRPr="00E14160" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="009460CB">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="009460CB">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00C32A3F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EA90CEB" w14:textId="23C935A3" w:rsidR="00A6432E" w:rsidRPr="003D7386" w:rsidRDefault="00C32A3F" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>09</w:t>
+            </w:r>
+            <w:r w:rsidR="00A6432E" w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+            <w:r w:rsidR="00A6432E" w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00A6432E" w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36618E41" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uczelnia Łazarskiego,  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="579B2941" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ul. Świeradowska 43, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="768A940D" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRPr="00AB3E81" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3E81">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02-662 Warszawa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75A23395" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="00516A65">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AA1D99B" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRPr="00A00EEA" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Zajęcia stacjonarne </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4EE46CDF" w14:textId="16E6870C" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="00A6432E">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="240"/>
+        <w:ind w:right="850"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
+        <w:tblW w:w="14313" w:type="dxa"/>
+        <w:tblInd w:w="424" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="705"/>
+        <w:gridCol w:w="5529"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="1842"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A6432E" w:rsidRPr="00321950" w14:paraId="03AA2B8B" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14313" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C318AE5" w14:textId="7EBF01D4" w:rsidR="00A6432E" w:rsidRPr="00321950" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00321950">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Edycja </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A6432E" w14:paraId="1EBB5EB5" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32551763" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="056F0B08" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Koordynator w Placówkach Opieki Zdrowotnej</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1006F220" w14:textId="00B6163C" w:rsidR="00A6432E" w:rsidRPr="00B16F70" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75835C49" w14:textId="3270597E" w:rsidR="00A6432E" w:rsidRPr="00BF3D0B" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00516A65">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="00516A65">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00516A65">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B78523B" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRPr="00BF3D0B" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-17:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61F7890F" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uczelnia Łazarskiego,  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7051E64E" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ul. Świeradowska 43, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10FD20B8" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRPr="00AB3E81" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3E81">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02-662 Warszawa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D56C89E" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRPr="00AE4AB6" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3E81">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="555AFD7C" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia stacjonarne </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A6432E" w:rsidRPr="00E14160" w14:paraId="38809C14" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="152D055F" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B33C927" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Koordynator w Placówkach Opieki Zdrowotnej</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CB8CD7D" w14:textId="647FA4C8" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28AFF2AD" w14:textId="2576AD4A" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00516A65">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="00516A65">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00516A65">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00FDAE85" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F1CC55D" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uczelnia Łazarskiego,  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DCC383C" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ul. Świeradowska 43, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E9624AA" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRPr="00AB3E81" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3E81">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02-662 Warszawa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="310934D6" w14:textId="53CC492E" w:rsidR="00A6432E" w:rsidRPr="0062117D" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:strike/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="493CB1DF" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRPr="00E14160" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia stacjonarne </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A6432E" w:rsidRPr="00E14160" w14:paraId="3202CE35" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38F0882D" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EA5092D" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Koordynator w Placówkach Opieki Zdrowotnej</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C5DF398" w14:textId="2AE9941E" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B56C597" w14:textId="7FC7DFB1" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00516A65">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00516A65">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>03</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00516A65">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AE7149D" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E0E8DF1" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Platforma MS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teams</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F685EA0" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRPr="00E14160" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia zdalne </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A6432E" w14:paraId="4D08350C" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30AD95EE" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E5D9AAA" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Koordynator w Placówkach Opieki Zdrowotnej</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38031F02" w14:textId="5DE4176B" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AC972DB" w14:textId="5CE81EC9" w:rsidR="00A6432E" w:rsidRPr="00E14160" w:rsidRDefault="00516A65" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+            <w:r w:rsidR="00A6432E" w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>03</w:t>
+            </w:r>
+            <w:r w:rsidR="00A6432E" w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00A6432E" w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D482150" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6332C750" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E152C51" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRPr="00E14160" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Platforma MS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teams</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D51FA9C" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia zdalne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A6432E" w14:paraId="5F1C4413" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EE7E94C" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31EDDD94" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Koordynator w Placówkach Opieki Zdrowotnej</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D5A4FDC" w14:textId="12633984" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CB65D46" w14:textId="5549C03A" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00516A65">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>04.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00516A65">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B2522AA" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRPr="00BF3D0B" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AAFC49A" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uczelnia Łazarskiego,  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0416108E" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ul. Świeradowska 43, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D85CB6F" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02-662 Warszawa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70DA55D6" w14:textId="6D00D3DA" w:rsidR="00A6432E" w:rsidRPr="0072452C" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="850"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="031BDDE5" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia stacjonarne </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A6432E" w14:paraId="45AD9551" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A6C7B59" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EC4EC23" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Koordynator w Placówkach Opieki Zdrowotnej</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33A3B649" w14:textId="03A24809" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Edycja V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A94D182" w14:textId="64F6B8E6" w:rsidR="00A6432E" w:rsidRPr="00E14160" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00516A65">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A362A8A" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRPr="00BF3D0B" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-17:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B0AC074" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uczelnia Łazarskiego,  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6686178D" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ul. Świeradowska 43, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41426E57" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02-662 Warszawa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2381F403" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="00516A65">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B7AEB9C" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Zajęcia stacjonarne </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A6432E" w14:paraId="20F79323" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F460F81" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DCDA1DB" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Koordynator w Placówkach Opieki Zdrowotnej</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44C707CE" w14:textId="03B234E6" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22833AFC" w14:textId="371D850C" w:rsidR="00A6432E" w:rsidRPr="00E14160" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00516A65">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>04</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00516A65">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F7AA486" w14:textId="19D1D84C" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00516A65">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F066D64" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="850"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Platforma MS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teams</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="749F5E75" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia zdalne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A6432E" w14:paraId="194E6AE5" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54D45717" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="711E0217" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Koordynator w Placówkach Opieki Zdrowotnej</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27432C69" w14:textId="66A414CC" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="570B7BF4" w14:textId="1DC956EC" w:rsidR="00A6432E" w:rsidRPr="00E14160" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00516A65">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>04</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00516A65">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E9F283D" w14:textId="170AD0E3" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00516A65">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00516A65">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AD79BE0" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="850"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Platforma MS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teams</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C83D9FB" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia zdalne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A6432E" w14:paraId="1D3960EA" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70679EA4" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="523DF668" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Koordynator w Placówkach Opieki Zdrowotnej</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E22E54D" w14:textId="3FBECD9F" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BC37592" w14:textId="508991F1" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00516A65">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>04</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00516A65">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64821729" w14:textId="224C206D" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00516A65">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00516A65">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DBF77C7" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Uczelnia Łazarskiego,  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6562FF1B" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ul. Świeradowska 43, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21E1ABB7" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRPr="00AB3E81" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3E81">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02-662 Warszawa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C5EFA0A" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="00516A65">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22AB35BD" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia stacjonarne </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A6432E" w14:paraId="5AF79A0C" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D47AEE6" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="020D88BF" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Koordynator w Placówkach Opieki Zdrowotnej</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C43BD09" w14:textId="15E31BBD" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DB7DE36" w14:textId="156BC5BE" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00516A65">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>04</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00516A65">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01D4833B" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-17:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50BB1818" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uczelnia Łazarskiego,  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34982A43" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ul. Świeradowska 43, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C9A1924" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRPr="00AB3E81" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3E81">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02-662 Warszawa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37828404" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="00516A65">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="250F6738" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia stacjonarne </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A6432E" w:rsidRPr="004F1903" w14:paraId="63957FD2" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67DD9BDE" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BB187DD" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Koordynator w Placówkach Opieki Zdrowotnej</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24B5F890" w14:textId="44ABE65F" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="740D6687" w14:textId="168E3888" w:rsidR="00A6432E" w:rsidRPr="004F1903" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00516A65">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00516A65">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>05</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00516A65">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41234E6A" w14:textId="45D9A860" w:rsidR="00A6432E" w:rsidRPr="004F1903" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:</w:t>
+            </w:r>
+            <w:r w:rsidR="00516A65">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidR="00516A65">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00516A65">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02841EA4" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRPr="004F1903" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Platforma MS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teams</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21981CCC" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRPr="004F1903" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia zdalne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A6432E" w:rsidRPr="004F1903" w14:paraId="65D5A071" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79559798" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63A5892B" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Koordynator w Placówkach Opieki Zdrowotnej</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="608C26A3" w14:textId="11B193A5" w:rsidR="00A6432E" w:rsidRPr="00A41047" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BB32A41" w14:textId="54F9EF67" w:rsidR="00A6432E" w:rsidRPr="004F1903" w:rsidRDefault="00516A65" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="00A6432E" w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>05</w:t>
+            </w:r>
+            <w:r w:rsidR="00A6432E" w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00A6432E" w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23690729" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRPr="004F1903" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F447A00" w14:textId="10F5A215" w:rsidR="00A6432E" w:rsidRPr="004F1903" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Wizyta studyjna (1 dzień)</w:t>
+            </w:r>
+            <w:r w:rsidR="00516A65">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> CM Orlik -Warszawa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51091E20" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRPr="004F1903" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia stacjonarne </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A6432E" w:rsidRPr="00A00EEA" w14:paraId="42FE6806" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F7901B1" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7042B9B1" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Koordynator w Placówkach Opieki Zdrowotnej</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4ADAA5B3" w14:textId="6479DF34" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41139B2B" w14:textId="36FD3E9C" w:rsidR="00A6432E" w:rsidRPr="00E14160" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00516A65">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>05</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00516A65">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2834A3FA" w14:textId="2A8C8CC3" w:rsidR="00A6432E" w:rsidRPr="003D7386" w:rsidRDefault="00516A65" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>09</w:t>
+            </w:r>
+            <w:r w:rsidR="00A6432E" w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+            <w:r w:rsidR="00A6432E" w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00A6432E" w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0683821E" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uczelnia Łazarskiego,  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E2379A2" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ul. Świeradowska 43, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31FE39A8" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRPr="00AB3E81" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB3E81">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02-662 Warszawa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="146FAD3D" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="00516A65">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B55BB48" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRPr="00A00EEA" w:rsidRDefault="00A6432E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia stacjonarne </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="34E98C7A" w14:textId="77777777" w:rsidR="00A6432E" w:rsidRDefault="00A6432E" w:rsidP="00A6432E">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="240"/>
+        <w:ind w:right="850"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12C5B613" w14:textId="7B2F5582" w:rsidR="00475ADB" w:rsidRDefault="00475ADB" w:rsidP="00F81CC8">
       <w:pPr>
         <w:spacing w:before="0" w:after="240"/>
         <w:ind w:right="850"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3565F97E" w14:textId="7D03AD3C" w:rsidR="005779CD" w:rsidRPr="00605F29" w:rsidRDefault="005779CD" w:rsidP="005779CD">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
         <w:spacing w:before="0" w:after="200"/>
         <w:ind w:right="850"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00605F29">
         <w:rPr>
           <w:caps w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Harmonogram</w:t>
       </w:r>
       <w:r w:rsidRPr="00605F29">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00605F29">
         <w:rPr>
           <w:caps w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">udzielania wsparcia w ramach </w:t>
       </w:r>
       <w:r w:rsidRPr="00605F29">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Kursu pn. Terapeuta zajęciowy w lecznictwie otwartym</w:t>
       </w:r>
@@ -12331,50 +19616,51 @@
       </w:tr>
       <w:tr w:rsidR="006D12E1" w14:paraId="12BE141A" w14:textId="77777777" w:rsidTr="00380A40">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="705" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28BB4CA3" w14:textId="77777777" w:rsidR="006D12E1" w:rsidRDefault="006D12E1" w:rsidP="006D12E1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
               </w:tabs>
               <w:spacing w:before="0" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58393F66" w14:textId="77777777" w:rsidR="006D12E1" w:rsidRDefault="006D12E1" w:rsidP="006D12E1">
             <w:pPr>
               <w:spacing w:before="0" w:after="240"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A41047">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
             </w:r>
@@ -12570,77 +19856,75 @@
               </w:rPr>
               <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Terapeuta zajęciowy w lecznictwie otwartym</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7B2A094B" w14:textId="06BBA4BF" w:rsidR="00B16F70" w:rsidRPr="00A41047" w:rsidRDefault="00B16F70" w:rsidP="006D12E1">
             <w:pPr>
               <w:spacing w:before="0" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Edycja I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16B36E5F" w14:textId="69233DE0" w:rsidR="006D12E1" w:rsidRDefault="00AF1D81" w:rsidP="006D12E1">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:right="-112"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>08.06.2025 r.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C9DEA2E" w14:textId="7CD8742F" w:rsidR="006D12E1" w:rsidRPr="00605F29" w:rsidRDefault="006D12E1" w:rsidP="006D12E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00605F29">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9:00- 16:15</w:t>
             </w:r>
@@ -13760,75 +21044,77 @@
               </w:rPr>
               <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Terapeuta zajęciowy w lecznictwie otwartym </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="792ACAE4" w14:textId="43176305" w:rsidR="00366E5D" w:rsidRPr="00A41047" w:rsidRDefault="00366E5D" w:rsidP="006F1932">
             <w:pPr>
               <w:spacing w:before="0" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Edycja II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79B68D7A" w14:textId="4F7585AB" w:rsidR="00366E5D" w:rsidRPr="00BF3D0B" w:rsidRDefault="00366E5D" w:rsidP="006F1932">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:right="-112"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>13.09.2025</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF3D0B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> r.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B5E7CE0" w14:textId="0997EAE6" w:rsidR="00366E5D" w:rsidRPr="00605F29" w:rsidRDefault="00366E5D" w:rsidP="006F1932">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -14144,51 +21430,50 @@
       </w:tr>
       <w:tr w:rsidR="00366E5D" w14:paraId="345BB9FA" w14:textId="77777777" w:rsidTr="006F1932">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="705" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71556E09" w14:textId="77777777" w:rsidR="00366E5D" w:rsidRDefault="00366E5D" w:rsidP="00366E5D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
               </w:tabs>
               <w:spacing w:before="0" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70CC415D" w14:textId="77777777" w:rsidR="00366E5D" w:rsidRDefault="00366E5D" w:rsidP="00366E5D">
             <w:pPr>
               <w:spacing w:before="0" w:after="240"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A41047">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
             </w:r>
@@ -15271,50 +22556,51 @@
       </w:tr>
       <w:tr w:rsidR="00366E5D" w14:paraId="57F8CA76" w14:textId="77777777" w:rsidTr="006F1932">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="705" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01A52F87" w14:textId="77777777" w:rsidR="00366E5D" w:rsidRDefault="00366E5D" w:rsidP="00366E5D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
               </w:tabs>
               <w:spacing w:before="0" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="391CF947" w14:textId="77777777" w:rsidR="00366E5D" w:rsidRDefault="00366E5D" w:rsidP="00366E5D">
             <w:pPr>
               <w:spacing w:before="0" w:after="240"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A41047">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
             </w:r>
@@ -15593,77 +22879,75 @@
               </w:rPr>
               <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Terapeuta zajęciowy w lecznictwie otwartym</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="50B6B018" w14:textId="658261B3" w:rsidR="00366E5D" w:rsidRPr="00A41047" w:rsidRDefault="00366E5D" w:rsidP="00366E5D">
             <w:pPr>
               <w:spacing w:before="0" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Edycja II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B8E5812" w14:textId="4C691088" w:rsidR="00366E5D" w:rsidRDefault="00366E5D" w:rsidP="00366E5D">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:right="-112"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>15.11.2025 r.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6ED56BB9" w14:textId="652DE346" w:rsidR="00366E5D" w:rsidRPr="00605F29" w:rsidRDefault="00366E5D" w:rsidP="00366E5D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00605F29">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9:00-</w:t>
             </w:r>
@@ -15729,93 +23013,91 @@
             </w:pPr>
             <w:r w:rsidRPr="00605F29">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>02-662 Warszawa</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="431A0A61" w14:textId="41B6E99F" w:rsidR="00366E5D" w:rsidRPr="00605F29" w:rsidRDefault="00366E5D" w:rsidP="00366E5D">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00605F29">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Sala 56</w:t>
             </w:r>
             <w:r w:rsidR="00FC787C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00605F29">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, sektor F, V piętro</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="590D12CA" w14:textId="77777777" w:rsidR="00366E5D" w:rsidRDefault="00366E5D" w:rsidP="00366E5D">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:right="29"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Zajęcia stacjonarne</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00366E5D" w14:paraId="203F08A9" w14:textId="77777777" w:rsidTr="006F1932">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="705" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34C6FBA8" w14:textId="77777777" w:rsidR="00366E5D" w:rsidRDefault="00366E5D" w:rsidP="00366E5D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
               </w:tabs>
               <w:spacing w:before="0" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3838EB86" w14:textId="77777777" w:rsidR="00366E5D" w:rsidRDefault="00366E5D" w:rsidP="00366E5D">
@@ -16083,182 +23365,10828 @@
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06EF2A86" w14:textId="77777777" w:rsidR="00366E5D" w:rsidRDefault="00366E5D" w:rsidP="00366E5D">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:right="29"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Zajęcia stacjonarne</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00C40DC8" w14:paraId="42F09CCE" w14:textId="77777777" w:rsidTr="00C40DC8">
+        <w:trPr>
+          <w:trHeight w:val="293"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6101D213" w14:textId="7FE81C50" w:rsidR="00C40DC8" w:rsidRPr="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="darkGray"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DE5018A" w14:textId="391EF072" w:rsidR="00C40DC8" w:rsidRPr="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="darkGray"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C40DC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="darkGray"/>
+              </w:rPr>
+              <w:t>III edycja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7578CE6A" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRPr="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="darkGray"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3693BD0F" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRPr="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="darkGray"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CC8A85D" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRPr="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="darkGray"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18EFCF4E" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRPr="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="darkGray"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C40DC8" w14:paraId="2448ACAE" w14:textId="77777777" w:rsidTr="006F1932">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2991F2E6" w14:textId="0373CF3F" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CE259FD" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Terapeuta zajęciowy w lecznictwie otwartym </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F2017CD" w14:textId="246C9C4C" w:rsidR="00C40DC8" w:rsidRPr="00A41047" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D3E00CA" w14:textId="2B72A6E3" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>31.01.2026</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EB1461B" w14:textId="3BEF8F84" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71DB7C68" w14:textId="70617E89" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Platforma MS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teams</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C4092B4" w14:textId="674047D3" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia zdalne </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C40DC8" w14:paraId="3FB00C88" w14:textId="77777777" w:rsidTr="006F1932">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="185FBA7A" w14:textId="281065CF" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="181E8F37" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Terapeuta zajęciowy w lecznictwie otwartym </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B81A94C" w14:textId="75B4E45A" w:rsidR="00C40DC8" w:rsidRPr="00A41047" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28488D52" w14:textId="6928CB1D" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>01.02.2026</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02624BEC" w14:textId="3B446991" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10075B01" w14:textId="4A92ABCD" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Platforma MS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teams</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="053AE6AC" w14:textId="77D5C64A" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia zdalne </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C40DC8" w14:paraId="6B7CB914" w14:textId="77777777" w:rsidTr="006F1932">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58349D28" w14:textId="5F24F786" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2838A639" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Terapeuta zajęciowy w lecznictwie otwartym </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="757DF73F" w14:textId="37A93B3F" w:rsidR="00C40DC8" w:rsidRPr="00A41047" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Edycja III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C83256B" w14:textId="7C7014F4" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>14.02.2026</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E3F6BB0" w14:textId="4739AA47" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7213157A" w14:textId="0A46330C" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Platforma MS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teams</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="612BE1A7" w14:textId="42211140" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia zdalne </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C40DC8" w14:paraId="753DA6A5" w14:textId="77777777" w:rsidTr="006F1932">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A4E16EE" w14:textId="099F9F71" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BB467B3" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Terapeuta zajęciowy w lecznictwie otwartym </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10D2769D" w14:textId="72529EC0" w:rsidR="00C40DC8" w:rsidRPr="00A41047" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="751D29D1" w14:textId="7C470455" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15.02.2026</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ADA2D62" w14:textId="21EEC51F" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F0C0F8D" w14:textId="600CE89D" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Platforma MS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teams</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CBD4CF2" w14:textId="6A44AB45" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia zdalne </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C40DC8" w14:paraId="0AEDD9A2" w14:textId="77777777" w:rsidTr="006F1932">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CF6C05B" w14:textId="676B66E8" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E57C141" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Terapeuta zajęciowy w lecznictwie otwartym </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="713E0F90" w14:textId="66A114CC" w:rsidR="00C40DC8" w:rsidRPr="00A41047" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74E80377" w14:textId="7C53B5A5" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>28.02.2026</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03D9EBB0" w14:textId="5FF92962" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A33715D" w14:textId="74B58B0F" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Platforma MS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teams</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0290DFFF" w14:textId="73A4C551" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia zdalne </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C40DC8" w14:paraId="292144D2" w14:textId="77777777" w:rsidTr="006F1932">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A6B8877" w14:textId="1332B2D5" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B035957" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Terapeuta zajęciowy w lecznictwie otwartym </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A5F0E4D" w14:textId="4CA7C96C" w:rsidR="00C40DC8" w:rsidRPr="00A41047" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BB48E58" w14:textId="52DE02E5" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>01.03.2026</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48C58EE0" w14:textId="143EAC7D" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E06F719" w14:textId="436BFBAC" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Platforma MS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teams</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C425E1C" w14:textId="20A2BB2C" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia zdalne </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C40DC8" w14:paraId="3D944B55" w14:textId="77777777" w:rsidTr="006F1932">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AB31734" w14:textId="1DF3379E" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16A95775" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Terapeuta zajęciowy w lecznictwie otwartym</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="538E1396" w14:textId="5BE722FA" w:rsidR="00C40DC8" w:rsidRPr="00A41047" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C923856" w14:textId="269583B7" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14.03.2026 r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="608802B9" w14:textId="0E4C8B2A" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29838D8C" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uczelnia Łazarskiego,  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36D9EBAF" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ul. Świeradowska 43, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61335869" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02-662 Warszawa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CDD57FC" w14:textId="0AF48EAA" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32854427" w14:textId="18561C0B" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia stacjonarne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C40DC8" w14:paraId="1BD14C07" w14:textId="77777777" w:rsidTr="006F1932">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="291AFBA4" w14:textId="3A7E9150" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24997033" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Terapeuta zajęciowy w lecznictwie otwartym</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B349B99" w14:textId="4D35BC7E" w:rsidR="00C40DC8" w:rsidRPr="00A41047" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C41E7F6" w14:textId="545ABEFB" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15.03.2026 r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="076CCF18" w14:textId="2437E1C9" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00- 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EDDAD3F" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uczelnia Łazarskiego,  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="694BF977" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ul. Świeradowska 43, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22AE312F" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02-662 Warszawa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74516F9B" w14:textId="42218815" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73338DBC" w14:textId="46C08BDF" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia stacjonarne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C40DC8" w14:paraId="646C5D45" w14:textId="77777777" w:rsidTr="006F1932">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0429DFA8" w14:textId="63C2D36F" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="443638F8" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Terapeuta zajęciowy w lecznictwie otwartym</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5575F2CB" w14:textId="218D084A" w:rsidR="00C40DC8" w:rsidRPr="00A41047" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28F02985" w14:textId="66BA78B2" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>28.03.2026 r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="207589A4" w14:textId="2A11E66D" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14:45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BC1BA5E" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uczelnia Łazarskiego,  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="221768AA" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ul. Świeradowska 43, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7717044B" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02-662 Warszawa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="582E2681" w14:textId="0CD9F84E" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D87F91A" w14:textId="02F58916" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia stacjonarne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C40DC8" w14:paraId="53509A56" w14:textId="77777777" w:rsidTr="006F1932">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="563DAC02" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16FCAF9B" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="76E98FD8" w14:textId="6BCB2928" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E0931BD" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="794036B2" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Terapeuta zajęciowy w lecznictwie otwartym</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31C5D8C2" w14:textId="6BF6DB7D" w:rsidR="00C40DC8" w:rsidRPr="00A41047" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E194DB1" w14:textId="53510374" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>29.03.2026 r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BC63027" w14:textId="1FF9B4BA" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00- 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49970D60" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uczelnia Łazarskiego,  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42E8F27E" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ul. Świeradowska 43, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DABA4B6" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02-662 Warszawa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D32327D" w14:textId="69B08D21" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09C7DC06" w14:textId="30B4879B" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia stacjonarne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C40DC8" w14:paraId="1E7691F8" w14:textId="77777777" w:rsidTr="006F1932">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="601D3F04" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D076D38" w14:textId="4732224C" w:rsidR="00C40DC8" w:rsidRPr="00A41047" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C40DC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="darkGray"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="darkGray"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C40DC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="darkGray"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> edycja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00F5E559" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="746C3F4D" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77C5611C" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A2B6961" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C40DC8" w14:paraId="10FFFB9D" w14:textId="77777777" w:rsidTr="006F1932">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="733DE59E" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CC1B115" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Terapeuta zajęciowy w lecznictwie otwartym </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="289ED935" w14:textId="79F9B8E5" w:rsidR="00C40DC8" w:rsidRPr="00A41047" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja I</w:t>
+            </w:r>
+            <w:r w:rsidR="000679B7">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70FF9500" w14:textId="01494FDE" w:rsidR="00C40DC8" w:rsidRDefault="000679B7" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidR="00C40DC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00C40DC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.2026</w:t>
+            </w:r>
+            <w:r w:rsidR="00C40DC8" w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18041D89" w14:textId="762B8FAB" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70EDC00C" w14:textId="00338C96" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Platforma MS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teams</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BED7DCC" w14:textId="54A4F48A" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia zdalne </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C40DC8" w14:paraId="3BF608D9" w14:textId="77777777" w:rsidTr="006F1932">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52577B79" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="574625C1" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Terapeuta zajęciowy w lecznictwie otwartym </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0128BF2E" w14:textId="2C962B83" w:rsidR="00C40DC8" w:rsidRPr="00A41047" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja I</w:t>
+            </w:r>
+            <w:r w:rsidR="000679B7">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="133B029C" w14:textId="262E3858" w:rsidR="00C40DC8" w:rsidRDefault="000679B7" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="00C40DC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00C40DC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.2026</w:t>
+            </w:r>
+            <w:r w:rsidR="00C40DC8" w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59DFC54E" w14:textId="6A3309A4" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78A1343C" w14:textId="4305B74A" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Platforma MS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teams</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B5DE3B9" w14:textId="4D555C23" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia zdalne </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C40DC8" w14:paraId="62E746A0" w14:textId="77777777" w:rsidTr="006F1932">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63EDB067" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EBC84C7" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Terapeuta zajęciowy w lecznictwie otwartym </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3095532F" w14:textId="3D9D86CF" w:rsidR="00C40DC8" w:rsidRPr="00A41047" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja I</w:t>
+            </w:r>
+            <w:r w:rsidR="000679B7">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BA4FDE6" w14:textId="714E9FAB" w:rsidR="00C40DC8" w:rsidRDefault="000679B7" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r w:rsidR="00C40DC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00C40DC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.2026</w:t>
+            </w:r>
+            <w:r w:rsidR="00C40DC8" w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33AD59DD" w14:textId="6A59B2FB" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C5D5020" w14:textId="0E343A34" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Platforma MS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teams</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42D79120" w14:textId="04A98967" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia zdalne </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C40DC8" w14:paraId="53534A76" w14:textId="77777777" w:rsidTr="006F1932">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="655FAF15" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7708E3D8" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Terapeuta zajęciowy w lecznictwie otwartym </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22CCA700" w14:textId="5D0AB2CB" w:rsidR="00C40DC8" w:rsidRPr="00A41047" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja I</w:t>
+            </w:r>
+            <w:r w:rsidR="000679B7">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="202F73D5" w14:textId="5B5B1BF9" w:rsidR="00C40DC8" w:rsidRDefault="000679B7" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+            <w:r w:rsidR="00C40DC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00C40DC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.2026</w:t>
+            </w:r>
+            <w:r w:rsidR="00C40DC8" w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="577B7B22" w14:textId="4A2AC020" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="372FAF81" w14:textId="651955BA" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Platforma MS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teams</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B6CADC6" w14:textId="17FAB310" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia zdalne </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C40DC8" w14:paraId="7179B007" w14:textId="77777777" w:rsidTr="006F1932">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E0AF26E" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07B43546" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Terapeuta zajęciowy w lecznictwie otwartym </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="050363C5" w14:textId="3673C83F" w:rsidR="00C40DC8" w:rsidRPr="00A41047" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Edycja I</w:t>
+            </w:r>
+            <w:r w:rsidR="000679B7">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E172F24" w14:textId="77A8E8CE" w:rsidR="00C40DC8" w:rsidRDefault="000679B7" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>09</w:t>
+            </w:r>
+            <w:r w:rsidR="00C40DC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00C40DC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.2026</w:t>
+            </w:r>
+            <w:r w:rsidR="00C40DC8" w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A786939" w14:textId="666165D1" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48696DF9" w14:textId="418C006E" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Platforma MS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teams</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FACC120" w14:textId="32F95F51" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia zdalne </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C40DC8" w14:paraId="7D97D81E" w14:textId="77777777" w:rsidTr="006F1932">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E01D9C6" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23CA7AB9" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Terapeuta zajęciowy w lecznictwie otwartym </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="480C5560" w14:textId="78249B77" w:rsidR="00C40DC8" w:rsidRPr="00A41047" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja I</w:t>
+            </w:r>
+            <w:r w:rsidR="000679B7">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C34128D" w14:textId="43F2EE4C" w:rsidR="00C40DC8" w:rsidRDefault="000679B7" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="00C40DC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00C40DC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.2026</w:t>
+            </w:r>
+            <w:r w:rsidR="00C40DC8" w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14B87A6D" w14:textId="3153ADED" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="043D5ADA" w14:textId="724420E8" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Platforma MS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teams</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40D319F6" w14:textId="3AAF4CE2" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia zdalne </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C40DC8" w14:paraId="5D69EE24" w14:textId="77777777" w:rsidTr="006F1932">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72B50469" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72254374" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Terapeuta zajęciowy w lecznictwie otwartym</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2577208A" w14:textId="1974692F" w:rsidR="00C40DC8" w:rsidRPr="00A41047" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja</w:t>
+            </w:r>
+            <w:r w:rsidR="000679B7">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00675503">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidR="000679B7">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6628134A" w14:textId="75D0CF84" w:rsidR="00C40DC8" w:rsidRDefault="000679B7" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+            <w:r w:rsidR="00C40DC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00C40DC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.2026 r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A78F0D3" w14:textId="608FFA70" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E878C0F" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uczelnia Łazarskiego,  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0114C81C" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ul. Świeradowska 43, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="154D978B" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02-662 Warszawa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CBB9A8D" w14:textId="01A9518F" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44251380" w14:textId="1A74F748" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia stacjonarne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C40DC8" w14:paraId="63EC19C5" w14:textId="77777777" w:rsidTr="006F1932">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28244F2B" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="143F46CC" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Terapeuta zajęciowy w lecznictwie otwartym</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13FDEA15" w14:textId="324AADBA" w:rsidR="00C40DC8" w:rsidRPr="00A41047" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja I</w:t>
+            </w:r>
+            <w:r w:rsidR="000679B7">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F09E9B8" w14:textId="2591097E" w:rsidR="00C40DC8" w:rsidRDefault="000679B7" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+            <w:r w:rsidR="00C40DC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00C40DC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.2026 r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A57F344" w14:textId="54851D16" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00- 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11B9B9B3" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uczelnia Łazarskiego,  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D15C04D" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ul. Świeradowska 43, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="667F0D42" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02-662 Warszawa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B1C2CC0" w14:textId="1AC58986" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32EDB2AB" w14:textId="4C7DBA19" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia stacjonarne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C40DC8" w14:paraId="7A57A10D" w14:textId="77777777" w:rsidTr="006F1932">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BB894FE" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E5921A2" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Terapeuta zajęciowy w lecznictwie otwartym</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33389B88" w14:textId="75AD0D7F" w:rsidR="00C40DC8" w:rsidRPr="00A41047" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Edycja </w:t>
+            </w:r>
+            <w:r w:rsidR="000679B7">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB38048" w14:textId="768584B2" w:rsidR="00C40DC8" w:rsidRDefault="000679B7" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>06</w:t>
+            </w:r>
+            <w:r w:rsidR="00C40DC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>06</w:t>
+            </w:r>
+            <w:r w:rsidR="00C40DC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.2026 r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A4D15C3" w14:textId="1F009912" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14:45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74FCFB9C" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uczelnia Łazarskiego,  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="284D9918" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ul. Świeradowska 43, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43F6E64A" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02-662 Warszawa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A4897E1" w14:textId="334E2DD7" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DF77BDC" w14:textId="3FEF67B2" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia stacjonarne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C40DC8" w14:paraId="4E391F88" w14:textId="77777777" w:rsidTr="006F1932">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="659CF2F2" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E69FF70" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia w ramach kursu pn. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Terapeuta zajęciowy w lecznictwie otwartym</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51211098" w14:textId="58A7F323" w:rsidR="00C40DC8" w:rsidRPr="00A41047" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja I</w:t>
+            </w:r>
+            <w:r w:rsidR="000679B7">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C867985" w14:textId="1D471680" w:rsidR="00C40DC8" w:rsidRDefault="000679B7" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>07</w:t>
+            </w:r>
+            <w:r w:rsidR="00C40DC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00C40DC8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.2026 r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DF0EF82" w14:textId="71B100D5" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00- 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E79DAA7" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uczelnia Łazarskiego,  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13C5F909" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ul. Świeradowska 43, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CEF82DF" w14:textId="77777777" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00605F29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02-662 Warszawa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F21225F" w14:textId="6A7EABC2" w:rsidR="00C40DC8" w:rsidRPr="00605F29" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25306FAE" w14:textId="6F4CA332" w:rsidR="00C40DC8" w:rsidRDefault="00C40DC8" w:rsidP="00C40DC8">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia stacjonarne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="62C86699" w14:textId="77777777" w:rsidR="00366E5D" w:rsidRDefault="00366E5D" w:rsidP="00366E5D">
+    <w:p w14:paraId="0BB86E34" w14:textId="380B76BF" w:rsidR="00411A8E" w:rsidRPr="004939B1" w:rsidRDefault="00411A8E" w:rsidP="00411A8E">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
+        <w:spacing w:before="0" w:after="200"/>
+        <w:ind w:left="426" w:right="850"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00411A8E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IV</w:t>
+      </w:r>
+      <w:r w:rsidR="00F61337" w:rsidRPr="00411A8E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00F61337">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Harmonogram</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917505">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00917505">
+        <w:rPr>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>udzielania wsparcia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w ramach </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A41047">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Kursu pn.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> „Za</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk213244149"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>rządzanie jakością w podmiocie leczniczym</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:caps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
+        <w:tblW w:w="14313" w:type="dxa"/>
+        <w:tblInd w:w="424" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="705"/>
+        <w:gridCol w:w="5529"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="1842"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00411A8E" w14:paraId="231D2422" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D68738B" w14:textId="77777777" w:rsidR="00411A8E" w:rsidRDefault="00411A8E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:ind w:right="-45"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Lp.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B256D3E" w14:textId="77777777" w:rsidR="00411A8E" w:rsidRDefault="00411A8E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:ind w:right="850"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002527F2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>odzaj wsparcia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/Nazwa zajęć </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15DCC3E2" w14:textId="77777777" w:rsidR="00411A8E" w:rsidRDefault="00411A8E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:ind w:right="-102"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Data</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51537F5B" w14:textId="77777777" w:rsidR="00411A8E" w:rsidRDefault="00411A8E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Godziny</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B49A020" w14:textId="77777777" w:rsidR="00411A8E" w:rsidRDefault="00411A8E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Adres/Miejsce realizacji </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2290ABD7" w14:textId="77777777" w:rsidR="00411A8E" w:rsidRDefault="00411A8E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Forma realizacji</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00411A8E" w14:paraId="5689AB13" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FFFFBB4" w14:textId="77777777" w:rsidR="00411A8E" w:rsidRDefault="00411A8E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A67E995" w14:textId="702B40CE" w:rsidR="00411A8E" w:rsidRDefault="00411A8E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00411A8E">
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t>rządzanie jakością w podmiocie leczniczym</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F78ADA7" w14:textId="77777777" w:rsidR="00411A8E" w:rsidRPr="00B16F70" w:rsidRDefault="00411A8E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Edycja I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63AAC62B" w14:textId="191C455F" w:rsidR="00411A8E" w:rsidRPr="00BF3D0B" w:rsidRDefault="00411A8E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29814C0B" w14:textId="5EE61EFB" w:rsidR="00411A8E" w:rsidRPr="00BF3D0B" w:rsidRDefault="00411A8E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="604F1577" w14:textId="77777777" w:rsidR="00411A8E" w:rsidRDefault="00411A8E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uczelnia Łazarskiego,  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54F75D68" w14:textId="77777777" w:rsidR="00411A8E" w:rsidRDefault="00411A8E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ul. Świeradowska 43, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30C73D31" w14:textId="77777777" w:rsidR="00411A8E" w:rsidRDefault="00411A8E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>02-662 Warszawa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6683558B" w14:textId="3D3F5934" w:rsidR="00411A8E" w:rsidRPr="0062117D" w:rsidRDefault="00411A8E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:strike/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5775A00B" w14:textId="77777777" w:rsidR="00411A8E" w:rsidRDefault="00411A8E" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Zajęcia stacjonarne </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C6A71" w14:paraId="780736C9" w14:textId="77777777" w:rsidTr="005C6A71">
+        <w:trPr>
+          <w:trHeight w:val="1226"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A74D303" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FD58945" w14:textId="3C8AE116" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F656E6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia w ramach kursu pn.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F656E6">
+              <w:rPr>
+                <w:caps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F656E6">
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t>rządzanie jakością w podmiocie leczniczym</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t xml:space="preserve"> I edycja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DFFF7B3" w14:textId="112892DB" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FCE93D9" w14:textId="377EE960" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00- 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="130AD58F" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="850"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="21AF8DBE" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uczelnia Łazarskiego,  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66DD6DBD" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ul. Świeradowska 43, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57C7E2F2" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02-662 Warszawa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A5A3E59" w14:textId="424DE773" w:rsidR="005C6A71" w:rsidRPr="0062117D" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:strike/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6316AD67" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRPr="00E14160" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia stacjonarne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C6A71" w14:paraId="4388193D" w14:textId="77777777" w:rsidTr="005C6A71">
+        <w:trPr>
+          <w:trHeight w:val="801"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47CDAC37" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D284E73" w14:textId="7C698AF8" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F656E6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia w ramach kursu pn.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F656E6">
+              <w:rPr>
+                <w:caps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F656E6">
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t>rządzanie jakością w podmiocie leczniczym</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t xml:space="preserve"> I edycja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E5657B0" w14:textId="0FA754E2" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.2025 r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="416EC079" w14:textId="3763620B" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00- 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50DAAB03" w14:textId="2F1A73A8" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="850"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Platforma M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">S </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teams</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FDF6FBF" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="69CEF489" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRPr="00E14160" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia zdalne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C6A71" w14:paraId="71A11AB6" w14:textId="77777777" w:rsidTr="003337D5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="573D2176" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BE54CC6" w14:textId="7C1C4A7F" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F656E6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia w ramach kursu pn.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F656E6">
+              <w:rPr>
+                <w:caps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F656E6">
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t>rządzanie jakością w podmiocie leczniczym</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t xml:space="preserve"> I edycja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66BF11BB" w14:textId="6A396C9D" w:rsidR="005C6A71" w:rsidRPr="00E14160" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.2025 r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B182FEA" w14:textId="305A30E6" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00- 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79F2FCF2" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRPr="00E14160" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Platforma MS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teams</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79DEC10D" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia zdalne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C6A71" w14:paraId="66D68246" w14:textId="77777777" w:rsidTr="003337D5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C8AB639" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68511A30" w14:textId="4168E17E" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F656E6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia w ramach kursu pn.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F656E6">
+              <w:rPr>
+                <w:caps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F656E6">
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t>rządzanie jakością w podmiocie leczniczym</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t xml:space="preserve"> I edycja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A66896B" w14:textId="19489C01" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AB294FB" w14:textId="2BD61E4A" w:rsidR="005C6A71" w:rsidRPr="00BF3D0B" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00- 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="500A231F" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uczelnia Łazarskiego,  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FF2301C" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ul. Świeradowska 43, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="792C5F76" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02-662 Warszawa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36572209" w14:textId="0D670F60" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="850"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47C189F6" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zajęcia stacjonarne </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C6A71" w14:paraId="758BA2D2" w14:textId="77777777" w:rsidTr="005C6A71">
+        <w:trPr>
+          <w:trHeight w:val="988"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E50A473" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="503B710F" w14:textId="51A12AB3" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F656E6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia w ramach kursu pn.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F656E6">
+              <w:rPr>
+                <w:caps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F656E6">
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t>rządzanie jakością w podmiocie leczniczym</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t xml:space="preserve"> I edycja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="136D2DDC" w14:textId="3A993C71" w:rsidR="005C6A71" w:rsidRPr="00E14160" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E85097E" w14:textId="04545FE6" w:rsidR="005C6A71" w:rsidRPr="00BF3D0B" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00- 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30CA05EF" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="850"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51526F86" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uczelnia Łazarskiego,  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="628D4F61" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ul. Świeradowska 43, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="622B2510" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>02-662 Warszawa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C39B513" w14:textId="5D1F1B4C" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="850"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CE460B6" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="205EF28C" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia stacjonarne</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C6A71" w14:paraId="1A3FF313" w14:textId="77777777" w:rsidTr="003337D5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08F25AD0" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="158E0169" w14:textId="490425C8" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F656E6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia w ramach kursu pn.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F656E6">
+              <w:rPr>
+                <w:caps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F656E6">
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t>rządzanie jakością w podmiocie leczniczym</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t xml:space="preserve"> I edycja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03D8E25A" w14:textId="3658781B" w:rsidR="005C6A71" w:rsidRPr="00E14160" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32705BEE" w14:textId="490EF022" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B838D02" w14:textId="70C823B6" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="850"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C3B4E84" w14:textId="14EA04D5" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C6A71" w14:paraId="585F68B7" w14:textId="77777777" w:rsidTr="003337D5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="225CE091" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="438CEDCA" w14:textId="5349B25C" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F656E6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia w ramach kursu pn.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F656E6">
+              <w:rPr>
+                <w:caps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F656E6">
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t>rządzanie jakością w podmiocie leczniczym</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t xml:space="preserve"> I edycja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="108B482F" w14:textId="000ABA45" w:rsidR="005C6A71" w:rsidRPr="00E14160" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A5CF8D5" w14:textId="4C20C7F0" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E4B97E7" w14:textId="08B2BD9C" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="850"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="250F55E8" w14:textId="1504553E" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C6A71" w14:paraId="2A8AD5F8" w14:textId="77777777" w:rsidTr="003337D5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F41209A" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BC64295" w14:textId="04D502A7" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F656E6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia w ramach kursu pn.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F656E6">
+              <w:rPr>
+                <w:caps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F656E6">
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t>rządzanie jakością w podmiocie leczniczym</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t xml:space="preserve"> I edycja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FF504AD" w14:textId="56C6CDC6" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>07</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05C143AF" w14:textId="2C23ADF7" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B16FCAA" w14:textId="20A319DB" w:rsidR="005C6A71" w:rsidRPr="00A87FD5" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="850"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:strike/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BE7E6B8" w14:textId="6246E12C" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C6A71" w14:paraId="77658CC4" w14:textId="77777777" w:rsidTr="003337D5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B3F5C9E" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40E855AA" w14:textId="1B9492B4" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F656E6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia w ramach kursu pn.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F656E6">
+              <w:rPr>
+                <w:caps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F656E6">
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t>rządzanie jakością w podmiocie leczniczym</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t xml:space="preserve"> I edycja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C2B25C3" w14:textId="31611CDF" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>08</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E547CDD" w14:textId="756229DB" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="243ABC7A" w14:textId="6FD5BA8A" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="850"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="253B84E2" w14:textId="543930EC" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C6A71" w14:paraId="20B93116" w14:textId="77777777" w:rsidTr="003337D5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DD64407" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41244AB3" w14:textId="25058C7D" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F656E6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia w ramach kursu pn.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F656E6">
+              <w:rPr>
+                <w:caps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F656E6">
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t>rządzanie jakością w podmiocie leczniczym</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t xml:space="preserve"> I edycja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28527FE2" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRPr="00A87FD5" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0000C631" w14:textId="1819D01B" w:rsidR="005C6A71" w:rsidRPr="00A87FD5" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87FD5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87FD5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87FD5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34C2CD63" w14:textId="7D215724" w:rsidR="005C6A71" w:rsidRPr="00A87FD5" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A66F44E" w14:textId="51EC9BC9" w:rsidR="005C6A71" w:rsidRPr="00A87FD5" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21143EC8" w14:textId="3116A2B4" w:rsidR="005C6A71" w:rsidRPr="00A87FD5" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C6A71" w14:paraId="2867D5D3" w14:textId="77777777" w:rsidTr="003337D5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B9CD5D5" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64CF6380" w14:textId="42D4BC63" w:rsidR="005C6A71" w:rsidRPr="00A41047" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F656E6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia w ramach kursu pn.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F656E6">
+              <w:rPr>
+                <w:caps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F656E6">
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t>rządzanie jakością w podmiocie leczniczym</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t xml:space="preserve"> I edycja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0329032A" w14:textId="7DF059D2" w:rsidR="005C6A71" w:rsidRPr="00A87FD5" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87FD5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87FD5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42785B9C" w14:textId="7043C673" w:rsidR="005C6A71" w:rsidRPr="00A87FD5" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40241DDE" w14:textId="0318FA37" w:rsidR="005C6A71" w:rsidRPr="00A87FD5" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DA7C61A" w14:textId="4C6CAC7B" w:rsidR="005C6A71" w:rsidRPr="00A87FD5" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="65852272" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="00366E5D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="975"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-        </w:tabs>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6FB1F1F4" w14:textId="24213470" w:rsidR="005779CD" w:rsidRPr="005779CD" w:rsidRDefault="005779CD" w:rsidP="005779CD">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
+        <w:tblW w:w="14313" w:type="dxa"/>
+        <w:tblInd w:w="424" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="705"/>
+        <w:gridCol w:w="5529"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="1842"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005C6A71" w14:paraId="2537F012" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52988B19" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRPr="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:ind w:right="-45"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="411D1EAA" w14:textId="0369FDA2" w:rsidR="005C6A71" w:rsidRPr="00AA42C0" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:ind w:right="850"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA42C0">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Edycja II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="152E3EC5" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRPr="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:ind w:right="-102"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A2ACB55" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRPr="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46C74575" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRPr="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65C08194" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRPr="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="005C6A71">
+            <w:pPr>
+              <w:pStyle w:val="Akapitzlist"/>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C6A71" w14:paraId="23798CE9" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F874AFA" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:ind w:right="-45"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Lp.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44543150" w14:textId="7570520B" w:rsidR="005C6A71" w:rsidRDefault="00AA42C0" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:ind w:right="850"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidR="005C6A71">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidR="005C6A71" w:rsidRPr="002527F2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>odzaj wsparcia</w:t>
+            </w:r>
+            <w:r w:rsidR="005C6A71">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/Nazwa zajęć </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CF49164" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:ind w:right="-102"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Data</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D7AA688" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Godziny</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65539D53" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Adres/Miejsce realizacji </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53C764F9" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="003F08A2">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:ind w:right="29"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Forma realizacji</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C6A71" w14:paraId="62258912" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="091F8211" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DFD2AA0" w14:textId="1AF600E2" w:rsidR="005C6A71" w:rsidRPr="00B16F70" w:rsidRDefault="005C6A71" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A41047">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia w ramach kursu pn.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00411A8E">
+              <w:rPr>
+                <w:caps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00411A8E">
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t xml:space="preserve">rządzanie jakością w podmiocie </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00411A8E">
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t>LECZNICZYM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00411A8E">
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t>II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Edycja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14590BB4" w14:textId="2E08DEA7" w:rsidR="005C6A71" w:rsidRPr="00BF3D0B" w:rsidRDefault="005C6A71" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3722A81F" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRPr="00BF3D0B" w:rsidRDefault="005C6A71" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF3D0B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="061EE07E" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRPr="0062117D" w:rsidRDefault="005C6A71" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:strike/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69970847" w14:textId="570CB0AF" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C6A71" w14:paraId="6E653908" w14:textId="77777777" w:rsidTr="005C6A71">
+        <w:trPr>
+          <w:trHeight w:val="1032"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55086C5A" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F31995A" w14:textId="41CAB105" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia w ramach kursu pn.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:caps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t xml:space="preserve">rządzanie jakością w podmiocie </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t>LECZNICZYM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t>II</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Edycja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CD4F7AC" w14:textId="21171088" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="412E637E" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00- 15:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="394ED185" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRPr="0062117D" w:rsidRDefault="005C6A71" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:strike/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FC89E14" w14:textId="1CE30969" w:rsidR="005C6A71" w:rsidRPr="00E14160" w:rsidRDefault="005C6A71" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C6A71" w14:paraId="440946EF" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C49EAF5" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AC78700" w14:textId="5BF7C9F3" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia w ramach kursu pn.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:caps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t xml:space="preserve">rządzanie jakością w podmiocie </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t>LECZNICZYM II</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Edycja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53930E93" w14:textId="6D2F40B8" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BA2F5BE" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00- 15:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45BA59C8" w14:textId="117E2CE5" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="850"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FA83BC2" w14:textId="4CECC0D5" w:rsidR="005C6A71" w:rsidRPr="00E14160" w:rsidRDefault="005C6A71" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C6A71" w14:paraId="32BAEF0B" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32F32746" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35368A36" w14:textId="338B346E" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia w ramach kursu pn.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:caps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t xml:space="preserve">rządzanie jakością w podmiocie </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t>LECZNICZYM II</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Edycja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08611509" w14:textId="006BC052" w:rsidR="005C6A71" w:rsidRPr="00E14160" w:rsidRDefault="005C6A71" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F709E77" w14:textId="77777777" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00- 15:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E7BE470" w14:textId="308D0BC2" w:rsidR="005C6A71" w:rsidRPr="00E14160" w:rsidRDefault="005C6A71" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21F79925" w14:textId="31AE945B" w:rsidR="005C6A71" w:rsidRDefault="005C6A71" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA42C0" w14:paraId="41902372" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4871413A" w14:textId="77777777" w:rsidR="00AA42C0" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BE02BCE" w14:textId="49308A24" w:rsidR="00AA42C0" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia w ramach kursu pn.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:caps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t>rządzanie jakością w podmiocie LECZNICZYM II</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Edycja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21FD6098" w14:textId="66306530" w:rsidR="00AA42C0" w:rsidRPr="00AA42C0" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>07.02.2026 r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="106F6A22" w14:textId="76F60437" w:rsidR="00AA42C0" w:rsidRPr="00BF3D0B" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9:00- 15:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D684609" w14:textId="77777777" w:rsidR="00AA42C0" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="850"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74537A85" w14:textId="25AB7C09" w:rsidR="00AA42C0" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA42C0" w14:paraId="582330A9" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:trPr>
+          <w:trHeight w:val="988"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51ACB23E" w14:textId="77777777" w:rsidR="00AA42C0" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="693EC897" w14:textId="69A6C1AB" w:rsidR="00AA42C0" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia w ramach kursu pn.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:caps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t>rządzanie jakością w podmiocie LECZNICZYM II</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Edycja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28A2416B" w14:textId="3D60B827" w:rsidR="00AA42C0" w:rsidRPr="00AA42C0" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14.02.2026 r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73B4634F" w14:textId="5633C5A5" w:rsidR="00AA42C0" w:rsidRPr="00BF3D0B" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60DB1B28" w14:textId="77777777" w:rsidR="00AA42C0" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="850"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34591263" w14:textId="644C17A3" w:rsidR="00AA42C0" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA42C0" w14:paraId="133214C3" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="590EB549" w14:textId="77777777" w:rsidR="00AA42C0" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="244D8EF5" w14:textId="1981EF97" w:rsidR="00AA42C0" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia w ramach kursu pn.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:caps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t>rządzanie jakością w podmiocie LECZNICZYM II</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Edycja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E7213E3" w14:textId="7B0137FF" w:rsidR="00AA42C0" w:rsidRPr="00E14160" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15.02.2026 r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0971BEDD" w14:textId="77777777" w:rsidR="00AA42C0" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BB3DE21" w14:textId="77777777" w:rsidR="00AA42C0" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="850"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E5D7A84" w14:textId="77777777" w:rsidR="00AA42C0" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA42C0" w14:paraId="324EF6A1" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03534B98" w14:textId="77777777" w:rsidR="00AA42C0" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D87B606" w14:textId="17A02AC5" w:rsidR="00AA42C0" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia w ramach kursu pn.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:caps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t>rządzanie jakością w podmiocie LECZNICZYM II</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Edycja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A5ED9AD" w14:textId="63BA3755" w:rsidR="00AA42C0" w:rsidRPr="00E14160" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>28.02.2026 r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33D195FE" w14:textId="77777777" w:rsidR="00AA42C0" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A740A71" w14:textId="77777777" w:rsidR="00AA42C0" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="850"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20C14A60" w14:textId="77777777" w:rsidR="00AA42C0" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA42C0" w14:paraId="31A5C98F" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A584958" w14:textId="77777777" w:rsidR="00AA42C0" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48027A0D" w14:textId="1464E508" w:rsidR="00AA42C0" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia w ramach kursu pn.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:caps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t>rządzanie jakością w podmiocie LECZNICZYM II</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Edycja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ACE59B0" w14:textId="77777777" w:rsidR="00AA42C0" w:rsidRPr="00A87FD5" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="221130B2" w14:textId="395388C8" w:rsidR="00AA42C0" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87FD5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87FD5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87FD5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0885ECB1" w14:textId="77777777" w:rsidR="00AA42C0" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14D5F57B" w14:textId="77777777" w:rsidR="00AA42C0" w:rsidRPr="00A87FD5" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="850"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:strike/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F37257B" w14:textId="77777777" w:rsidR="00AA42C0" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA42C0" w14:paraId="03F80D1A" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40323FC0" w14:textId="77777777" w:rsidR="00AA42C0" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62C4898E" w14:textId="7C507ADD" w:rsidR="00AA42C0" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia w ramach kursu pn.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:caps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t>rządzanie jakością w podmiocie LECZNICZYM II</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Edycja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28DE0080" w14:textId="5E1AA2A4" w:rsidR="00AA42C0" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87FD5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A87FD5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6 r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67C60843" w14:textId="77777777" w:rsidR="00AA42C0" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3337E368" w14:textId="77777777" w:rsidR="00AA42C0" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="850"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="021BEA4C" w14:textId="77777777" w:rsidR="00AA42C0" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA42C0" w14:paraId="287363CF" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E1B475B" w14:textId="77777777" w:rsidR="00AA42C0" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="578D65A2" w14:textId="73E49D52" w:rsidR="00AA42C0" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia w ramach kursu pn.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:caps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t>rządzanie jakością w podmiocie LECZNICZYM II</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Edycja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79D923DD" w14:textId="1B36A7C1" w:rsidR="00AA42C0" w:rsidRPr="00A87FD5" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>27.03.2026 r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A41C1DC" w14:textId="77777777" w:rsidR="00AA42C0" w:rsidRPr="00A87FD5" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67B6D00A" w14:textId="77777777" w:rsidR="00AA42C0" w:rsidRPr="00A87FD5" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B57F588" w14:textId="77777777" w:rsidR="00AA42C0" w:rsidRPr="00A87FD5" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA42C0" w14:paraId="26B379A6" w14:textId="77777777" w:rsidTr="003F08A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="705" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DC8CA59" w14:textId="77777777" w:rsidR="00AA42C0" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="450"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B07A37B" w14:textId="778BEEF7" w:rsidR="00AA42C0" w:rsidRPr="00A41047" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zajęcia w ramach kursu pn.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:caps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:caps/>
+              </w:rPr>
+              <w:t>rządzanie jakością w podmiocie LECZNICZYM II</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27863">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Edycja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F1775EE" w14:textId="22C12145" w:rsidR="00AA42C0" w:rsidRPr="00A87FD5" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="-112"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>28.03.2026 r</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="421419E8" w14:textId="77777777" w:rsidR="00AA42C0" w:rsidRPr="00A87FD5" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1832A93C" w14:textId="77777777" w:rsidR="00AA42C0" w:rsidRPr="00A87FD5" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A930F01" w14:textId="77777777" w:rsidR="00AA42C0" w:rsidRPr="00A87FD5" w:rsidRDefault="00AA42C0" w:rsidP="00AA42C0">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:right="29"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="62C86699" w14:textId="4EA68690" w:rsidR="00366E5D" w:rsidRDefault="00366E5D" w:rsidP="00AA42C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="975"/>
         </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66CA2006" w14:textId="77777777" w:rsidR="00C076C4" w:rsidRPr="005779CD" w:rsidRDefault="00C076C4" w:rsidP="00AA42C0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="975"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FB1F1F4" w14:textId="24213470" w:rsidR="005779CD" w:rsidRPr="005779CD" w:rsidRDefault="005779CD" w:rsidP="00AA42C0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="975"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005779CD" w:rsidRPr="005779CD" w:rsidSect="00B04717">
       <w:headerReference w:type="default" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="0" w:right="958" w:bottom="1135" w:left="425" w:header="113" w:footer="225" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="360" w:charSpace="2047"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="170BE34A" w14:textId="77777777" w:rsidR="000A34E4" w:rsidRDefault="000A34E4">
+    <w:p w14:paraId="6BFC8751" w14:textId="77777777" w:rsidR="00716149" w:rsidRDefault="00716149">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3653DBD8" w14:textId="77777777" w:rsidR="000A34E4" w:rsidRDefault="000A34E4">
+    <w:p w14:paraId="20B184EE" w14:textId="77777777" w:rsidR="00716149" w:rsidRDefault="00716149">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       </w:rPr>
       <w:id w:val="-1381710604"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
@@ -16363,58 +34291,58 @@
               <w:t>26</w:t>
             </w:r>
             <w:r w:rsidRPr="00E8098D">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="45F3CFEE" w14:textId="77777777" w:rsidR="00456EFE" w:rsidRDefault="00456EFE">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="455BA7AE" w14:textId="77777777" w:rsidR="000A34E4" w:rsidRDefault="000A34E4">
+    <w:p w14:paraId="7F6481BB" w14:textId="77777777" w:rsidR="00716149" w:rsidRDefault="00716149">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="772661F4" w14:textId="77777777" w:rsidR="000A34E4" w:rsidRDefault="000A34E4">
+    <w:p w14:paraId="0759EF05" w14:textId="77777777" w:rsidR="00716149" w:rsidRDefault="00716149">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="093E4183" w14:textId="5328E5A9" w:rsidR="00456EFE" w:rsidRDefault="00456EFE" w:rsidP="00FA631F">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
       <w:spacing w:after="240"/>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:lang w:eastAsia="pl-PL"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:lang w:eastAsia="pl-PL"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                           </w:t>
     </w:r>
@@ -20879,50 +38807,252 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="69EA00D4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7D4AFADA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1146" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C733842"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FE604DC8"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="719A6DF5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FBFA5BA8"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -20964,51 +39094,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75325F24"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B2D2A9E6"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -21077,51 +39207,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76C713B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="05CCBA50"/>
     <w:lvl w:ilvl="0" w:tplc="2740310E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="6D3061B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="ED927D44">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -21163,51 +39293,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="1132090A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="31EA36F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78FD4A83"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6B504B68"/>
     <w:lvl w:ilvl="0" w:tplc="6B9837F6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="44943260">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FE4427B2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -21249,51 +39379,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="4768BC24">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="4B7A1A3E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="793C1B92"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F2A2D814"/>
     <w:lvl w:ilvl="0" w:tplc="FFA650F0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="654EFBC2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="DBEC6D9C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -21335,51 +39465,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="16122810">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="79F8AB5E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A61236D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0674D3CE"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1156" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -21425,51 +39555,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4756" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5476" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6196" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="54" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C371BE9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DB50171A"/>
     <w:lvl w:ilvl="0" w:tplc="A3F6A632">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="429A612A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="EF2C1C3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -21511,51 +39641,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="64CEBE8A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3FA049CA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="55" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7DE62A4C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BF049496"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -21660,51 +39790,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="56" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E723D45"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8C0881C2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -21780,216 +39910,222 @@
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1120491861">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="530722651">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1002321381">
-    <w:abstractNumId w:val="50"/>
+    <w:abstractNumId w:val="52"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="470024367">
     <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1744715986">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="798760515">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="180750620">
     <w:abstractNumId w:val="42"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1545479334">
     <w:abstractNumId w:val="44"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="970406631">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1369913840">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1010595642">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="511260948">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1736586429">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="177669208">
     <w:abstractNumId w:val="43"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1790468337">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="752775615">
-    <w:abstractNumId w:val="46"/>
+    <w:abstractNumId w:val="48"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1289357305">
     <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="978415274">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="300766117">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1996297573">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="204029971">
     <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="119419159">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="371538729">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="773666810">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1677223548">
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1936865201">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="337658479">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="268660926">
-    <w:abstractNumId w:val="54"/>
+    <w:abstractNumId w:val="56"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="937519056">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1198659705">
-    <w:abstractNumId w:val="53"/>
+    <w:abstractNumId w:val="55"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="2008511199">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1375159729">
-    <w:abstractNumId w:val="51"/>
+    <w:abstractNumId w:val="53"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="805321073">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="968894717">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1624843925">
-    <w:abstractNumId w:val="47"/>
+    <w:abstractNumId w:val="49"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="782923032">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1249851484">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1387101604">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="2049182328">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="1998149607">
     <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="1436826447">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="1139030580">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="430976600">
-    <w:abstractNumId w:val="49"/>
+    <w:abstractNumId w:val="51"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1522741635">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="23990749">
-    <w:abstractNumId w:val="48"/>
+    <w:abstractNumId w:val="50"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="2139372211">
-    <w:abstractNumId w:val="52"/>
+    <w:abstractNumId w:val="54"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="299459158">
     <w:abstractNumId w:val="45"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="854924874">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="977149107">
     <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="240408296">
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="51" w16cid:durableId="391005390">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="52" w16cid:durableId="1633705648">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="53" w16cid:durableId="423503318">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="54" w16cid:durableId="453256171">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="55" w16cid:durableId="1153137736">
     <w:abstractNumId w:val="12"/>
   </w:num>
+  <w:num w:numId="56" w16cid:durableId="1899895202">
+    <w:abstractNumId w:val="46"/>
+  </w:num>
+  <w:num w:numId="57" w16cid:durableId="1934124972">
+    <w:abstractNumId w:val="47"/>
+  </w:num>
   <w:numIdMacAtCleanup w:val="49"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="88"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00731697"/>
@@ -22024,50 +40160,51 @@
     <w:rsid w:val="00035A93"/>
     <w:rsid w:val="00040292"/>
     <w:rsid w:val="00042434"/>
     <w:rsid w:val="000427B9"/>
     <w:rsid w:val="000430ED"/>
     <w:rsid w:val="00044D72"/>
     <w:rsid w:val="00046439"/>
     <w:rsid w:val="0004751E"/>
     <w:rsid w:val="000500AB"/>
     <w:rsid w:val="00050F34"/>
     <w:rsid w:val="00052FFF"/>
     <w:rsid w:val="0005336D"/>
     <w:rsid w:val="00053F86"/>
     <w:rsid w:val="00054795"/>
     <w:rsid w:val="00056BE0"/>
     <w:rsid w:val="0005712A"/>
     <w:rsid w:val="0005765F"/>
     <w:rsid w:val="00060554"/>
     <w:rsid w:val="000625FA"/>
     <w:rsid w:val="0006306A"/>
     <w:rsid w:val="00063A17"/>
     <w:rsid w:val="000659BB"/>
     <w:rsid w:val="00066E46"/>
     <w:rsid w:val="0006751B"/>
     <w:rsid w:val="0006766F"/>
+    <w:rsid w:val="000679B7"/>
     <w:rsid w:val="00072D7D"/>
     <w:rsid w:val="0007373F"/>
     <w:rsid w:val="00074A1B"/>
     <w:rsid w:val="000754D4"/>
     <w:rsid w:val="000769F3"/>
     <w:rsid w:val="0008044F"/>
     <w:rsid w:val="00080F3B"/>
     <w:rsid w:val="00085F85"/>
     <w:rsid w:val="00095B67"/>
     <w:rsid w:val="000A11F2"/>
     <w:rsid w:val="000A22FE"/>
     <w:rsid w:val="000A2898"/>
     <w:rsid w:val="000A3194"/>
     <w:rsid w:val="000A34E4"/>
     <w:rsid w:val="000A47A3"/>
     <w:rsid w:val="000B05A9"/>
     <w:rsid w:val="000B30A6"/>
     <w:rsid w:val="000B3992"/>
     <w:rsid w:val="000B3BC7"/>
     <w:rsid w:val="000B418B"/>
     <w:rsid w:val="000B4601"/>
     <w:rsid w:val="000B523D"/>
     <w:rsid w:val="000B63E8"/>
     <w:rsid w:val="000BFC89"/>
     <w:rsid w:val="000C185A"/>
@@ -22358,50 +40495,51 @@
     <w:rsid w:val="00287E05"/>
     <w:rsid w:val="0029121D"/>
     <w:rsid w:val="00294C2B"/>
     <w:rsid w:val="00294E93"/>
     <w:rsid w:val="0029593C"/>
     <w:rsid w:val="00296831"/>
     <w:rsid w:val="00296AA4"/>
     <w:rsid w:val="00296E45"/>
     <w:rsid w:val="00297711"/>
     <w:rsid w:val="002A18D4"/>
     <w:rsid w:val="002A1F72"/>
     <w:rsid w:val="002A2969"/>
     <w:rsid w:val="002A3343"/>
     <w:rsid w:val="002A35A9"/>
     <w:rsid w:val="002A49EB"/>
     <w:rsid w:val="002A7805"/>
     <w:rsid w:val="002A7D26"/>
     <w:rsid w:val="002B09F3"/>
     <w:rsid w:val="002B21C9"/>
     <w:rsid w:val="002B2290"/>
     <w:rsid w:val="002B6208"/>
     <w:rsid w:val="002B7D46"/>
     <w:rsid w:val="002B7D7C"/>
     <w:rsid w:val="002C1BF3"/>
     <w:rsid w:val="002C47EB"/>
+    <w:rsid w:val="002C612B"/>
     <w:rsid w:val="002C62F2"/>
     <w:rsid w:val="002C6730"/>
     <w:rsid w:val="002C6CA2"/>
     <w:rsid w:val="002C7C26"/>
     <w:rsid w:val="002D087C"/>
     <w:rsid w:val="002D1325"/>
     <w:rsid w:val="002D2076"/>
     <w:rsid w:val="002D2A79"/>
     <w:rsid w:val="002D39DF"/>
     <w:rsid w:val="002D3A35"/>
     <w:rsid w:val="002D5589"/>
     <w:rsid w:val="002D6410"/>
     <w:rsid w:val="002D77C2"/>
     <w:rsid w:val="002D7FDE"/>
     <w:rsid w:val="002E0342"/>
     <w:rsid w:val="002E0B27"/>
     <w:rsid w:val="002E1671"/>
     <w:rsid w:val="002E233F"/>
     <w:rsid w:val="002E2BF9"/>
     <w:rsid w:val="002E67B7"/>
     <w:rsid w:val="002F0E74"/>
     <w:rsid w:val="002F24DE"/>
     <w:rsid w:val="002F393B"/>
     <w:rsid w:val="002F459C"/>
     <w:rsid w:val="002F4F0E"/>
@@ -22535,50 +40673,51 @@
     <w:rsid w:val="003E5280"/>
     <w:rsid w:val="003E5537"/>
     <w:rsid w:val="003E6007"/>
     <w:rsid w:val="003E68DD"/>
     <w:rsid w:val="003E69A5"/>
     <w:rsid w:val="003E7402"/>
     <w:rsid w:val="003E76B3"/>
     <w:rsid w:val="003E7F5C"/>
     <w:rsid w:val="003F0B7F"/>
     <w:rsid w:val="003F0D65"/>
     <w:rsid w:val="003F12C7"/>
     <w:rsid w:val="003F1BDF"/>
     <w:rsid w:val="003F335A"/>
     <w:rsid w:val="003F36B6"/>
     <w:rsid w:val="003F3A33"/>
     <w:rsid w:val="003F6198"/>
     <w:rsid w:val="003F7DF2"/>
     <w:rsid w:val="0040049C"/>
     <w:rsid w:val="00402C8E"/>
     <w:rsid w:val="00404CC7"/>
     <w:rsid w:val="00406B1C"/>
     <w:rsid w:val="00406C7F"/>
     <w:rsid w:val="00410186"/>
     <w:rsid w:val="004107F0"/>
     <w:rsid w:val="00410F8A"/>
+    <w:rsid w:val="00411A8E"/>
     <w:rsid w:val="004144D4"/>
     <w:rsid w:val="0042076E"/>
     <w:rsid w:val="004226CA"/>
     <w:rsid w:val="00422EE1"/>
     <w:rsid w:val="004236F3"/>
     <w:rsid w:val="00424BB1"/>
     <w:rsid w:val="00425FF3"/>
     <w:rsid w:val="004268DD"/>
     <w:rsid w:val="004276CB"/>
     <w:rsid w:val="00430AF5"/>
     <w:rsid w:val="004316A8"/>
     <w:rsid w:val="004322D7"/>
     <w:rsid w:val="00432B67"/>
     <w:rsid w:val="00433628"/>
     <w:rsid w:val="00433C64"/>
     <w:rsid w:val="00440D79"/>
     <w:rsid w:val="00441778"/>
     <w:rsid w:val="004419A8"/>
     <w:rsid w:val="0044272E"/>
     <w:rsid w:val="00442CAE"/>
     <w:rsid w:val="00442FAA"/>
     <w:rsid w:val="00444416"/>
     <w:rsid w:val="004445C8"/>
     <w:rsid w:val="004445E6"/>
     <w:rsid w:val="0044531A"/>
@@ -22609,50 +40748,51 @@
     <w:rsid w:val="00477AC2"/>
     <w:rsid w:val="00481E11"/>
     <w:rsid w:val="00482395"/>
     <w:rsid w:val="00484C8A"/>
     <w:rsid w:val="00485F80"/>
     <w:rsid w:val="00487C69"/>
     <w:rsid w:val="004939B1"/>
     <w:rsid w:val="00494BF4"/>
     <w:rsid w:val="00495221"/>
     <w:rsid w:val="00495B5E"/>
     <w:rsid w:val="00496E64"/>
     <w:rsid w:val="004A0BED"/>
     <w:rsid w:val="004A1A85"/>
     <w:rsid w:val="004A1BC9"/>
     <w:rsid w:val="004A228D"/>
     <w:rsid w:val="004A2723"/>
     <w:rsid w:val="004A2D31"/>
     <w:rsid w:val="004A30DF"/>
     <w:rsid w:val="004A3460"/>
     <w:rsid w:val="004A3916"/>
     <w:rsid w:val="004A5C75"/>
     <w:rsid w:val="004A6457"/>
     <w:rsid w:val="004A7354"/>
     <w:rsid w:val="004A79F1"/>
     <w:rsid w:val="004A7C72"/>
+    <w:rsid w:val="004B0D4C"/>
     <w:rsid w:val="004B1302"/>
     <w:rsid w:val="004B39E3"/>
     <w:rsid w:val="004B3A3D"/>
     <w:rsid w:val="004B436F"/>
     <w:rsid w:val="004B511B"/>
     <w:rsid w:val="004B5158"/>
     <w:rsid w:val="004B691F"/>
     <w:rsid w:val="004B723F"/>
     <w:rsid w:val="004B76C9"/>
     <w:rsid w:val="004C306B"/>
     <w:rsid w:val="004C55AE"/>
     <w:rsid w:val="004C5830"/>
     <w:rsid w:val="004C6B4B"/>
     <w:rsid w:val="004D0423"/>
     <w:rsid w:val="004D0CA6"/>
     <w:rsid w:val="004D0DC9"/>
     <w:rsid w:val="004D14C0"/>
     <w:rsid w:val="004D19DA"/>
     <w:rsid w:val="004D2CE1"/>
     <w:rsid w:val="004D3874"/>
     <w:rsid w:val="004D4685"/>
     <w:rsid w:val="004D49D2"/>
     <w:rsid w:val="004D5CEB"/>
     <w:rsid w:val="004D5EA9"/>
     <w:rsid w:val="004D6EF0"/>
@@ -22666,50 +40806,51 @@
     <w:rsid w:val="004E62E2"/>
     <w:rsid w:val="004E714C"/>
     <w:rsid w:val="004E7E47"/>
     <w:rsid w:val="004F18D1"/>
     <w:rsid w:val="004F1903"/>
     <w:rsid w:val="004F1ADF"/>
     <w:rsid w:val="004F20CF"/>
     <w:rsid w:val="004F2401"/>
     <w:rsid w:val="004F2B50"/>
     <w:rsid w:val="004F2E2D"/>
     <w:rsid w:val="004F3983"/>
     <w:rsid w:val="004F3C0C"/>
     <w:rsid w:val="004F3EE1"/>
     <w:rsid w:val="004F438D"/>
     <w:rsid w:val="004F61C8"/>
     <w:rsid w:val="004F6880"/>
     <w:rsid w:val="004F69C9"/>
     <w:rsid w:val="00501371"/>
     <w:rsid w:val="005017D0"/>
     <w:rsid w:val="00502436"/>
     <w:rsid w:val="005060FA"/>
     <w:rsid w:val="005110D3"/>
     <w:rsid w:val="00512870"/>
     <w:rsid w:val="00513F3A"/>
     <w:rsid w:val="0051585F"/>
+    <w:rsid w:val="00516A65"/>
     <w:rsid w:val="00516F4B"/>
     <w:rsid w:val="005171AD"/>
     <w:rsid w:val="00517651"/>
     <w:rsid w:val="00520331"/>
     <w:rsid w:val="005203D3"/>
     <w:rsid w:val="00520783"/>
     <w:rsid w:val="00522BFD"/>
     <w:rsid w:val="005237C2"/>
     <w:rsid w:val="00523A83"/>
     <w:rsid w:val="005243A3"/>
     <w:rsid w:val="00524D26"/>
     <w:rsid w:val="00525E23"/>
     <w:rsid w:val="00530822"/>
     <w:rsid w:val="00530905"/>
     <w:rsid w:val="00530AD7"/>
     <w:rsid w:val="00531121"/>
     <w:rsid w:val="005329F7"/>
     <w:rsid w:val="00533824"/>
     <w:rsid w:val="005338BB"/>
     <w:rsid w:val="005359BB"/>
     <w:rsid w:val="005363F3"/>
     <w:rsid w:val="00536AA7"/>
     <w:rsid w:val="005427D9"/>
     <w:rsid w:val="00542F1F"/>
     <w:rsid w:val="0054358B"/>
@@ -22734,71 +40875,73 @@
     <w:rsid w:val="00576B62"/>
     <w:rsid w:val="00576BC9"/>
     <w:rsid w:val="005779CD"/>
     <w:rsid w:val="00577FBF"/>
     <w:rsid w:val="005806D3"/>
     <w:rsid w:val="00580ED6"/>
     <w:rsid w:val="005821AB"/>
     <w:rsid w:val="00582E60"/>
     <w:rsid w:val="005831F7"/>
     <w:rsid w:val="00584170"/>
     <w:rsid w:val="00584CC9"/>
     <w:rsid w:val="00584E19"/>
     <w:rsid w:val="00585747"/>
     <w:rsid w:val="0059018E"/>
     <w:rsid w:val="00591CDC"/>
     <w:rsid w:val="00592898"/>
     <w:rsid w:val="00593BA5"/>
     <w:rsid w:val="00594D17"/>
     <w:rsid w:val="00594D60"/>
     <w:rsid w:val="005955A1"/>
     <w:rsid w:val="00595791"/>
     <w:rsid w:val="005960B8"/>
     <w:rsid w:val="0059648F"/>
     <w:rsid w:val="005969A7"/>
     <w:rsid w:val="005969FF"/>
+    <w:rsid w:val="00597F6D"/>
     <w:rsid w:val="005A0D3A"/>
     <w:rsid w:val="005A10A9"/>
     <w:rsid w:val="005A2926"/>
     <w:rsid w:val="005A2BBD"/>
     <w:rsid w:val="005A6705"/>
     <w:rsid w:val="005A7043"/>
     <w:rsid w:val="005B0B6C"/>
     <w:rsid w:val="005B264B"/>
     <w:rsid w:val="005B2E8B"/>
     <w:rsid w:val="005B374B"/>
     <w:rsid w:val="005B5826"/>
     <w:rsid w:val="005B5FE1"/>
     <w:rsid w:val="005B7E06"/>
     <w:rsid w:val="005C19E2"/>
     <w:rsid w:val="005C1AA4"/>
     <w:rsid w:val="005C3759"/>
     <w:rsid w:val="005C3D29"/>
     <w:rsid w:val="005C4BB3"/>
     <w:rsid w:val="005C4C97"/>
     <w:rsid w:val="005C5A61"/>
     <w:rsid w:val="005C605B"/>
+    <w:rsid w:val="005C6A71"/>
     <w:rsid w:val="005C6F63"/>
     <w:rsid w:val="005C71AC"/>
     <w:rsid w:val="005C75D3"/>
     <w:rsid w:val="005C7F8C"/>
     <w:rsid w:val="005D4551"/>
     <w:rsid w:val="005D4C05"/>
     <w:rsid w:val="005E0480"/>
     <w:rsid w:val="005E0BBA"/>
     <w:rsid w:val="005E0C7D"/>
     <w:rsid w:val="005E0FA3"/>
     <w:rsid w:val="005E199F"/>
     <w:rsid w:val="005E260B"/>
     <w:rsid w:val="005E440B"/>
     <w:rsid w:val="005E7BF1"/>
     <w:rsid w:val="005F0221"/>
     <w:rsid w:val="005F0950"/>
     <w:rsid w:val="005F1902"/>
     <w:rsid w:val="005F256A"/>
     <w:rsid w:val="005F2D79"/>
     <w:rsid w:val="005F2ED9"/>
     <w:rsid w:val="005F4011"/>
     <w:rsid w:val="005F412E"/>
     <w:rsid w:val="005F4C51"/>
     <w:rsid w:val="005F6537"/>
     <w:rsid w:val="005F7539"/>
@@ -22813,82 +40956,84 @@
     <w:rsid w:val="00605F29"/>
     <w:rsid w:val="0060747C"/>
     <w:rsid w:val="006077FA"/>
     <w:rsid w:val="0060785E"/>
     <w:rsid w:val="00610380"/>
     <w:rsid w:val="0061045F"/>
     <w:rsid w:val="00610D99"/>
     <w:rsid w:val="006119EE"/>
     <w:rsid w:val="00612B31"/>
     <w:rsid w:val="00612E6C"/>
     <w:rsid w:val="00616056"/>
     <w:rsid w:val="0062117D"/>
     <w:rsid w:val="006247B9"/>
     <w:rsid w:val="0063003C"/>
     <w:rsid w:val="0063011B"/>
     <w:rsid w:val="00630DF2"/>
     <w:rsid w:val="006317C0"/>
     <w:rsid w:val="00631FF7"/>
     <w:rsid w:val="00632045"/>
     <w:rsid w:val="00632994"/>
     <w:rsid w:val="00633B51"/>
     <w:rsid w:val="006340C0"/>
     <w:rsid w:val="00635509"/>
     <w:rsid w:val="00635BCE"/>
     <w:rsid w:val="00638B33"/>
+    <w:rsid w:val="00640740"/>
     <w:rsid w:val="006417A8"/>
     <w:rsid w:val="00641C4A"/>
     <w:rsid w:val="00641C57"/>
     <w:rsid w:val="00641DD1"/>
     <w:rsid w:val="006423AD"/>
     <w:rsid w:val="00642F03"/>
     <w:rsid w:val="00643289"/>
     <w:rsid w:val="006465B0"/>
     <w:rsid w:val="00646DAB"/>
     <w:rsid w:val="00646F3D"/>
     <w:rsid w:val="00647520"/>
     <w:rsid w:val="00650307"/>
     <w:rsid w:val="0065053B"/>
     <w:rsid w:val="00650D68"/>
     <w:rsid w:val="00651062"/>
     <w:rsid w:val="00651C90"/>
     <w:rsid w:val="00652CE7"/>
     <w:rsid w:val="0065363D"/>
     <w:rsid w:val="006536F7"/>
     <w:rsid w:val="00653C53"/>
     <w:rsid w:val="00653DD7"/>
     <w:rsid w:val="0065435C"/>
     <w:rsid w:val="00655A0F"/>
     <w:rsid w:val="00655BA0"/>
     <w:rsid w:val="006638AF"/>
     <w:rsid w:val="0066452B"/>
     <w:rsid w:val="00665DF6"/>
     <w:rsid w:val="0067204F"/>
     <w:rsid w:val="006725A3"/>
     <w:rsid w:val="006733BB"/>
     <w:rsid w:val="00673C38"/>
     <w:rsid w:val="0067495B"/>
+    <w:rsid w:val="00675503"/>
     <w:rsid w:val="00680161"/>
     <w:rsid w:val="0068172A"/>
     <w:rsid w:val="00681902"/>
     <w:rsid w:val="00682899"/>
     <w:rsid w:val="006834AE"/>
     <w:rsid w:val="00683C3F"/>
     <w:rsid w:val="00685BCB"/>
     <w:rsid w:val="00686063"/>
     <w:rsid w:val="00687B13"/>
     <w:rsid w:val="00690777"/>
     <w:rsid w:val="006917BB"/>
     <w:rsid w:val="00691F27"/>
     <w:rsid w:val="00692DFF"/>
     <w:rsid w:val="00692E51"/>
     <w:rsid w:val="00692EE3"/>
     <w:rsid w:val="00693D47"/>
     <w:rsid w:val="00694765"/>
     <w:rsid w:val="00695538"/>
     <w:rsid w:val="00695FAB"/>
     <w:rsid w:val="00697D9D"/>
     <w:rsid w:val="00698C7B"/>
     <w:rsid w:val="006A00DA"/>
     <w:rsid w:val="006A142B"/>
     <w:rsid w:val="006A1869"/>
     <w:rsid w:val="006A2875"/>
@@ -22932,50 +41077,51 @@
     <w:rsid w:val="006E5889"/>
     <w:rsid w:val="006E62A4"/>
     <w:rsid w:val="006E76F9"/>
     <w:rsid w:val="006E7813"/>
     <w:rsid w:val="006F04D4"/>
     <w:rsid w:val="006F1AB9"/>
     <w:rsid w:val="006F261A"/>
     <w:rsid w:val="006F3882"/>
     <w:rsid w:val="006F4944"/>
     <w:rsid w:val="006F7994"/>
     <w:rsid w:val="007001AB"/>
     <w:rsid w:val="007003FA"/>
     <w:rsid w:val="007019C9"/>
     <w:rsid w:val="00702AF0"/>
     <w:rsid w:val="007031FD"/>
     <w:rsid w:val="00703889"/>
     <w:rsid w:val="0070450F"/>
     <w:rsid w:val="00704E13"/>
     <w:rsid w:val="00706EEB"/>
     <w:rsid w:val="00711A5A"/>
     <w:rsid w:val="00712160"/>
     <w:rsid w:val="007132C0"/>
     <w:rsid w:val="00713CE1"/>
     <w:rsid w:val="00713DD7"/>
     <w:rsid w:val="00714636"/>
+    <w:rsid w:val="00716149"/>
     <w:rsid w:val="007169C6"/>
     <w:rsid w:val="00722306"/>
     <w:rsid w:val="007232B2"/>
     <w:rsid w:val="00724021"/>
     <w:rsid w:val="0072452C"/>
     <w:rsid w:val="00724B0A"/>
     <w:rsid w:val="007268DF"/>
     <w:rsid w:val="00726A56"/>
     <w:rsid w:val="00730012"/>
     <w:rsid w:val="00731697"/>
     <w:rsid w:val="00731D2B"/>
     <w:rsid w:val="00732B17"/>
     <w:rsid w:val="00733098"/>
     <w:rsid w:val="007339AD"/>
     <w:rsid w:val="0073473C"/>
     <w:rsid w:val="00735597"/>
     <w:rsid w:val="00736F9A"/>
     <w:rsid w:val="0074045E"/>
     <w:rsid w:val="00740C45"/>
     <w:rsid w:val="0074139D"/>
     <w:rsid w:val="007415F6"/>
     <w:rsid w:val="00742903"/>
     <w:rsid w:val="0074299C"/>
     <w:rsid w:val="00743272"/>
     <w:rsid w:val="007449F1"/>
@@ -23043,50 +41189,51 @@
     <w:rsid w:val="007C146C"/>
     <w:rsid w:val="007C1A47"/>
     <w:rsid w:val="007C3132"/>
     <w:rsid w:val="007C3CEE"/>
     <w:rsid w:val="007C530D"/>
     <w:rsid w:val="007C64AE"/>
     <w:rsid w:val="007C65C9"/>
     <w:rsid w:val="007D1601"/>
     <w:rsid w:val="007D209B"/>
     <w:rsid w:val="007D247A"/>
     <w:rsid w:val="007D273F"/>
     <w:rsid w:val="007D39EE"/>
     <w:rsid w:val="007D461D"/>
     <w:rsid w:val="007D59A1"/>
     <w:rsid w:val="007D5C35"/>
     <w:rsid w:val="007D6FC8"/>
     <w:rsid w:val="007E0264"/>
     <w:rsid w:val="007E0926"/>
     <w:rsid w:val="007E29D4"/>
     <w:rsid w:val="007E387F"/>
     <w:rsid w:val="007E3FD3"/>
     <w:rsid w:val="007E45D9"/>
     <w:rsid w:val="007E4EC5"/>
     <w:rsid w:val="007E53BB"/>
     <w:rsid w:val="007F03F1"/>
+    <w:rsid w:val="007F0493"/>
     <w:rsid w:val="007F0724"/>
     <w:rsid w:val="007F23A2"/>
     <w:rsid w:val="007F5974"/>
     <w:rsid w:val="007F6217"/>
     <w:rsid w:val="007F629C"/>
     <w:rsid w:val="00800742"/>
     <w:rsid w:val="0080349A"/>
     <w:rsid w:val="008044C4"/>
     <w:rsid w:val="0080592B"/>
     <w:rsid w:val="008076C0"/>
     <w:rsid w:val="00810AA1"/>
     <w:rsid w:val="00812DC0"/>
     <w:rsid w:val="008140B5"/>
     <w:rsid w:val="00814B37"/>
     <w:rsid w:val="008173E8"/>
     <w:rsid w:val="00817A4C"/>
     <w:rsid w:val="00820FC6"/>
     <w:rsid w:val="00822733"/>
     <w:rsid w:val="00822DCB"/>
     <w:rsid w:val="00823BE7"/>
     <w:rsid w:val="00825C9A"/>
     <w:rsid w:val="00826443"/>
     <w:rsid w:val="00826E94"/>
     <w:rsid w:val="008316C9"/>
     <w:rsid w:val="008318C7"/>
@@ -23242,50 +41389,51 @@
     <w:rsid w:val="00917505"/>
     <w:rsid w:val="00921869"/>
     <w:rsid w:val="00922580"/>
     <w:rsid w:val="009228A0"/>
     <w:rsid w:val="00923691"/>
     <w:rsid w:val="00925727"/>
     <w:rsid w:val="0092590D"/>
     <w:rsid w:val="00926DA5"/>
     <w:rsid w:val="0092793A"/>
     <w:rsid w:val="00927E11"/>
     <w:rsid w:val="00930A33"/>
     <w:rsid w:val="009313EC"/>
     <w:rsid w:val="00932294"/>
     <w:rsid w:val="00932426"/>
     <w:rsid w:val="00932533"/>
     <w:rsid w:val="00934DCE"/>
     <w:rsid w:val="00935362"/>
     <w:rsid w:val="009358C1"/>
     <w:rsid w:val="00936925"/>
     <w:rsid w:val="00937810"/>
     <w:rsid w:val="009409DB"/>
     <w:rsid w:val="0094146D"/>
     <w:rsid w:val="009428DD"/>
     <w:rsid w:val="00943CA2"/>
     <w:rsid w:val="00945093"/>
+    <w:rsid w:val="009460CB"/>
     <w:rsid w:val="00950DCC"/>
     <w:rsid w:val="00951246"/>
     <w:rsid w:val="00954D59"/>
     <w:rsid w:val="00954D7D"/>
     <w:rsid w:val="00955417"/>
     <w:rsid w:val="0095591D"/>
     <w:rsid w:val="00957256"/>
     <w:rsid w:val="009610E8"/>
     <w:rsid w:val="00961122"/>
     <w:rsid w:val="0096158E"/>
     <w:rsid w:val="00961C3B"/>
     <w:rsid w:val="009639C9"/>
     <w:rsid w:val="009648EA"/>
     <w:rsid w:val="00965846"/>
     <w:rsid w:val="00965FC1"/>
     <w:rsid w:val="00966089"/>
     <w:rsid w:val="0096648F"/>
     <w:rsid w:val="00966767"/>
     <w:rsid w:val="009700A2"/>
     <w:rsid w:val="0097062C"/>
     <w:rsid w:val="00971009"/>
     <w:rsid w:val="00971ED7"/>
     <w:rsid w:val="00971F90"/>
     <w:rsid w:val="0097282D"/>
     <w:rsid w:val="00974083"/>
@@ -23310,50 +41458,51 @@
     <w:rsid w:val="009A19E4"/>
     <w:rsid w:val="009A2B75"/>
     <w:rsid w:val="009A3151"/>
     <w:rsid w:val="009A36BC"/>
     <w:rsid w:val="009A36D8"/>
     <w:rsid w:val="009A72A6"/>
     <w:rsid w:val="009A7A03"/>
     <w:rsid w:val="009B00A3"/>
     <w:rsid w:val="009B09FD"/>
     <w:rsid w:val="009B0A1B"/>
     <w:rsid w:val="009B161C"/>
     <w:rsid w:val="009B2CFA"/>
     <w:rsid w:val="009B3938"/>
     <w:rsid w:val="009B39B4"/>
     <w:rsid w:val="009B4BDD"/>
     <w:rsid w:val="009B5462"/>
     <w:rsid w:val="009B5B07"/>
     <w:rsid w:val="009B5D2C"/>
     <w:rsid w:val="009B65CF"/>
     <w:rsid w:val="009B65DB"/>
     <w:rsid w:val="009B6EFE"/>
     <w:rsid w:val="009C483B"/>
     <w:rsid w:val="009C4D48"/>
     <w:rsid w:val="009C52D3"/>
     <w:rsid w:val="009C578B"/>
+    <w:rsid w:val="009C6FC7"/>
     <w:rsid w:val="009C7742"/>
     <w:rsid w:val="009C7F65"/>
     <w:rsid w:val="009D00B7"/>
     <w:rsid w:val="009D20FE"/>
     <w:rsid w:val="009D2F14"/>
     <w:rsid w:val="009D4896"/>
     <w:rsid w:val="009D4B4D"/>
     <w:rsid w:val="009D594A"/>
     <w:rsid w:val="009D6FFA"/>
     <w:rsid w:val="009D7D90"/>
     <w:rsid w:val="009D7E33"/>
     <w:rsid w:val="009E090B"/>
     <w:rsid w:val="009E1546"/>
     <w:rsid w:val="009E228B"/>
     <w:rsid w:val="009E3163"/>
     <w:rsid w:val="009E458D"/>
     <w:rsid w:val="009E4F92"/>
     <w:rsid w:val="009E59C0"/>
     <w:rsid w:val="009E69D8"/>
     <w:rsid w:val="009F0142"/>
     <w:rsid w:val="009F0503"/>
     <w:rsid w:val="009F07F5"/>
     <w:rsid w:val="009F3555"/>
     <w:rsid w:val="009F473D"/>
     <w:rsid w:val="009F4BF5"/>
@@ -23379,77 +41528,79 @@
     <w:rsid w:val="00A2245E"/>
     <w:rsid w:val="00A24199"/>
     <w:rsid w:val="00A25F28"/>
     <w:rsid w:val="00A276B8"/>
     <w:rsid w:val="00A30BE4"/>
     <w:rsid w:val="00A31979"/>
     <w:rsid w:val="00A32255"/>
     <w:rsid w:val="00A33AE3"/>
     <w:rsid w:val="00A34DBD"/>
     <w:rsid w:val="00A35CBF"/>
     <w:rsid w:val="00A35CDF"/>
     <w:rsid w:val="00A36324"/>
     <w:rsid w:val="00A36D1C"/>
     <w:rsid w:val="00A41047"/>
     <w:rsid w:val="00A416A4"/>
     <w:rsid w:val="00A43A4D"/>
     <w:rsid w:val="00A46C71"/>
     <w:rsid w:val="00A5031B"/>
     <w:rsid w:val="00A50BE0"/>
     <w:rsid w:val="00A5346E"/>
     <w:rsid w:val="00A5548A"/>
     <w:rsid w:val="00A567EC"/>
     <w:rsid w:val="00A56952"/>
     <w:rsid w:val="00A57057"/>
     <w:rsid w:val="00A63BF4"/>
+    <w:rsid w:val="00A6432E"/>
     <w:rsid w:val="00A64C75"/>
     <w:rsid w:val="00A66C10"/>
     <w:rsid w:val="00A67F13"/>
     <w:rsid w:val="00A717D8"/>
     <w:rsid w:val="00A719B8"/>
     <w:rsid w:val="00A740DB"/>
     <w:rsid w:val="00A7416B"/>
     <w:rsid w:val="00A74858"/>
     <w:rsid w:val="00A76293"/>
     <w:rsid w:val="00A76B0E"/>
     <w:rsid w:val="00A806C3"/>
     <w:rsid w:val="00A81D94"/>
     <w:rsid w:val="00A82543"/>
     <w:rsid w:val="00A83367"/>
     <w:rsid w:val="00A8556A"/>
     <w:rsid w:val="00A85AF4"/>
     <w:rsid w:val="00A87FD5"/>
     <w:rsid w:val="00A908E6"/>
     <w:rsid w:val="00A90CA9"/>
     <w:rsid w:val="00A921F1"/>
     <w:rsid w:val="00A92C6C"/>
     <w:rsid w:val="00A936A0"/>
     <w:rsid w:val="00A93D70"/>
     <w:rsid w:val="00A94F46"/>
     <w:rsid w:val="00A97EDA"/>
     <w:rsid w:val="00AA2B5C"/>
     <w:rsid w:val="00AA2E7B"/>
+    <w:rsid w:val="00AA42C0"/>
     <w:rsid w:val="00AA4704"/>
     <w:rsid w:val="00AA5CA5"/>
     <w:rsid w:val="00AB015A"/>
     <w:rsid w:val="00AB12F1"/>
     <w:rsid w:val="00AB2DC8"/>
     <w:rsid w:val="00AB3E81"/>
     <w:rsid w:val="00AB4898"/>
     <w:rsid w:val="00AB6B7B"/>
     <w:rsid w:val="00AB74E9"/>
     <w:rsid w:val="00AB7D43"/>
     <w:rsid w:val="00AB7E3E"/>
     <w:rsid w:val="00AC1139"/>
     <w:rsid w:val="00AC145D"/>
     <w:rsid w:val="00AC2080"/>
     <w:rsid w:val="00AC3A4A"/>
     <w:rsid w:val="00AC6310"/>
     <w:rsid w:val="00AC6336"/>
     <w:rsid w:val="00AC6DB3"/>
     <w:rsid w:val="00AC6F8A"/>
     <w:rsid w:val="00AC7A41"/>
     <w:rsid w:val="00AC7B3B"/>
     <w:rsid w:val="00AD1620"/>
     <w:rsid w:val="00AD3818"/>
     <w:rsid w:val="00AD3DD2"/>
     <w:rsid w:val="00AD43A6"/>
@@ -23613,57 +41764,59 @@
     <w:rsid w:val="00C053EA"/>
     <w:rsid w:val="00C055E6"/>
     <w:rsid w:val="00C06228"/>
     <w:rsid w:val="00C0678D"/>
     <w:rsid w:val="00C06A8D"/>
     <w:rsid w:val="00C06D4E"/>
     <w:rsid w:val="00C073EC"/>
     <w:rsid w:val="00C076C4"/>
     <w:rsid w:val="00C1077F"/>
     <w:rsid w:val="00C1148E"/>
     <w:rsid w:val="00C14748"/>
     <w:rsid w:val="00C155D2"/>
     <w:rsid w:val="00C15D15"/>
     <w:rsid w:val="00C20C64"/>
     <w:rsid w:val="00C23CFE"/>
     <w:rsid w:val="00C23D2A"/>
     <w:rsid w:val="00C23D7C"/>
     <w:rsid w:val="00C24636"/>
     <w:rsid w:val="00C27B55"/>
     <w:rsid w:val="00C3150E"/>
     <w:rsid w:val="00C32017"/>
     <w:rsid w:val="00C32159"/>
     <w:rsid w:val="00C327D0"/>
     <w:rsid w:val="00C32812"/>
     <w:rsid w:val="00C329B9"/>
+    <w:rsid w:val="00C32A3F"/>
     <w:rsid w:val="00C32B4B"/>
     <w:rsid w:val="00C32E5C"/>
     <w:rsid w:val="00C350F3"/>
     <w:rsid w:val="00C35838"/>
     <w:rsid w:val="00C35C5D"/>
     <w:rsid w:val="00C37696"/>
     <w:rsid w:val="00C37CF4"/>
+    <w:rsid w:val="00C40DC8"/>
     <w:rsid w:val="00C40EB9"/>
     <w:rsid w:val="00C41A9D"/>
     <w:rsid w:val="00C42F41"/>
     <w:rsid w:val="00C43778"/>
     <w:rsid w:val="00C43BD9"/>
     <w:rsid w:val="00C45526"/>
     <w:rsid w:val="00C46C6A"/>
     <w:rsid w:val="00C47E6F"/>
     <w:rsid w:val="00C50B05"/>
     <w:rsid w:val="00C50F70"/>
     <w:rsid w:val="00C51117"/>
     <w:rsid w:val="00C52366"/>
     <w:rsid w:val="00C528E2"/>
     <w:rsid w:val="00C53F8B"/>
     <w:rsid w:val="00C549AD"/>
     <w:rsid w:val="00C5535A"/>
     <w:rsid w:val="00C558D2"/>
     <w:rsid w:val="00C56E2C"/>
     <w:rsid w:val="00C5733E"/>
     <w:rsid w:val="00C6178B"/>
     <w:rsid w:val="00C624CC"/>
     <w:rsid w:val="00C6301A"/>
     <w:rsid w:val="00C63573"/>
     <w:rsid w:val="00C63685"/>
     <w:rsid w:val="00C64086"/>
@@ -24066,50 +42219,51 @@
     <w:rsid w:val="00F321A1"/>
     <w:rsid w:val="00F321D2"/>
     <w:rsid w:val="00F32EC0"/>
     <w:rsid w:val="00F35039"/>
     <w:rsid w:val="00F35868"/>
     <w:rsid w:val="00F35A8B"/>
     <w:rsid w:val="00F371CC"/>
     <w:rsid w:val="00F3734C"/>
     <w:rsid w:val="00F409AA"/>
     <w:rsid w:val="00F4179A"/>
     <w:rsid w:val="00F41B98"/>
     <w:rsid w:val="00F436ED"/>
     <w:rsid w:val="00F47A66"/>
     <w:rsid w:val="00F50562"/>
     <w:rsid w:val="00F525E2"/>
     <w:rsid w:val="00F53319"/>
     <w:rsid w:val="00F53EA2"/>
     <w:rsid w:val="00F546B5"/>
     <w:rsid w:val="00F54DF5"/>
     <w:rsid w:val="00F55108"/>
     <w:rsid w:val="00F55671"/>
     <w:rsid w:val="00F568D1"/>
     <w:rsid w:val="00F56B9F"/>
     <w:rsid w:val="00F57009"/>
     <w:rsid w:val="00F5796C"/>
+    <w:rsid w:val="00F61337"/>
     <w:rsid w:val="00F61BD6"/>
     <w:rsid w:val="00F61EAF"/>
     <w:rsid w:val="00F645E4"/>
     <w:rsid w:val="00F6782A"/>
     <w:rsid w:val="00F67A32"/>
     <w:rsid w:val="00F70136"/>
     <w:rsid w:val="00F710A7"/>
     <w:rsid w:val="00F72812"/>
     <w:rsid w:val="00F72BCA"/>
     <w:rsid w:val="00F72D51"/>
     <w:rsid w:val="00F7406D"/>
     <w:rsid w:val="00F7434C"/>
     <w:rsid w:val="00F760E6"/>
     <w:rsid w:val="00F808E8"/>
     <w:rsid w:val="00F81CC8"/>
     <w:rsid w:val="00F81D42"/>
     <w:rsid w:val="00F835D6"/>
     <w:rsid w:val="00F837EA"/>
     <w:rsid w:val="00F83ABF"/>
     <w:rsid w:val="00F83FFC"/>
     <w:rsid w:val="00F8516C"/>
     <w:rsid w:val="00F8545D"/>
     <w:rsid w:val="00F85578"/>
     <w:rsid w:val="00F85612"/>
     <w:rsid w:val="00F857C0"/>
@@ -29968,83 +48122,83 @@
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3FEEE2E3-14B6-4A93-8230-5AD3CEB55869}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1B61F8EC-8D36-4830-8C81-5BF0F01C37B1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="e7bc9cab-f9d3-4bad-81fa-bf8aed3c449a"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>12</Pages>
-[...1 lines deleted...]
-  <Characters>11165</Characters>
+  <Pages>22</Pages>
+  <Words>3434</Words>
+  <Characters>20606</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>93</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>171</Lines>
+  <Paragraphs>47</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13000</CharactersWithSpaces>
+  <CharactersWithSpaces>23993</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Magdalena Machnicka</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>pl-PL</dc:language>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="AppVersion">
     <vt:lpwstr>14.0000</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Company">