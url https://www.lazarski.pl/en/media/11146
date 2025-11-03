--- v0 (2025-10-08)
+++ v1 (2025-11-03)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\PLAN 65-66\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\PLAN 65-66\TERMINARZE\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5E446FDF-44A0-4528-8A5A-C8BBFB8EA7EE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FF9DAEE0-3072-49C6-83F6-D4F6EF434F1B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="63-64" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -476,53 +476,50 @@
       <t>SIERPIEŃ</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> / AUGUST</t>
     </r>
   </si>
   <si>
     <t>XXz</t>
   </si>
   <si>
     <t>Weekend studies ON LINE</t>
   </si>
   <si>
     <t>Jesień 2025  /  Autumn 2025</t>
   </si>
   <si>
     <t>Wiosna 2026  /  Spring 2026</t>
   </si>
   <si>
-    <t>Studia niestacjonarne - Wydz Ekonomii i Zarządzania oraz Psychologia</t>
-[...1 lines deleted...]
-  <si>
     <t>LUTY</t>
   </si>
   <si>
     <t>8z</t>
   </si>
   <si>
     <t>9z</t>
   </si>
   <si>
     <t>20z</t>
   </si>
   <si>
     <t>21z</t>
   </si>
   <si>
     <t>28z</t>
   </si>
   <si>
     <t>29z</t>
   </si>
   <si>
     <t>23z</t>
   </si>
   <si>
     <t>24z</t>
@@ -533,51 +530,54 @@
   <si>
     <t>25z</t>
   </si>
   <si>
     <t>26z</t>
   </si>
   <si>
     <t>3z</t>
   </si>
   <si>
     <t>4z</t>
   </si>
   <si>
     <t>22z</t>
   </si>
   <si>
     <t>30z</t>
   </si>
   <si>
     <t>31z</t>
   </si>
   <si>
     <t>oraz odpracowanie zajęć</t>
   </si>
   <si>
-    <t>Studia niestacjonarne -  ON LINE obu wydziałów</t>
+    <t>Studia niestacjonarne -  ON LINE dla WPiA, stacjonarne dla WEiZ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Studia niestacjonarne - Wydz Ekonomii i Zarządzania </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="27" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="20"/>
       <color indexed="9"/>
       <name val="Georgia"/>
       <family val="1"/>
       <charset val="238"/>
     </font>
     <font>
@@ -2406,129 +2406,129 @@
     </xf>
     <xf numFmtId="0" fontId="12" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="12" fillId="12" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="71" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...49 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="10" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normalny" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF9999FF"/>
       <color rgb="FFFF99FF"/>
       <color rgb="FF9933FF"/>
       <color rgb="FFFF33CC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
@@ -4692,166 +4692,166 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:AG52"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A28" workbookViewId="0">
-      <selection activeCell="M41" sqref="M41"/>
+    <sheetView tabSelected="1" topLeftCell="A25" workbookViewId="0">
+      <selection activeCell="T43" sqref="T43"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="6.6640625" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="6.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="6.6640625" style="1"/>
-[...5 lines deleted...]
-    <col min="28" max="30" width="6.6640625" style="1" hidden="1" customWidth="1"/>
+    <col min="1" max="1" width="6.7109375" style="1"/>
+    <col min="2" max="3" width="6.7109375" style="1" customWidth="1"/>
+    <col min="4" max="5" width="6.5703125" style="1" customWidth="1"/>
+    <col min="6" max="11" width="6.7109375" style="1" customWidth="1"/>
+    <col min="12" max="12" width="7.42578125" style="1" customWidth="1"/>
+    <col min="13" max="27" width="6.7109375" style="1" customWidth="1"/>
+    <col min="28" max="30" width="6.7109375" style="1" hidden="1" customWidth="1"/>
     <col min="31" max="31" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="32" max="16384" width="6.6640625" style="1"/>
+    <col min="32" max="16384" width="6.7109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:32" ht="22.8" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:32" ht="23.25" x14ac:dyDescent="0.2">
       <c r="B2" s="29" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="3" spans="1:32" ht="22.8" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:32" ht="23.25" x14ac:dyDescent="0.2">
       <c r="B3" s="2"/>
     </row>
-    <row r="4" spans="1:32" ht="20.399999999999999" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:32" ht="20.25" x14ac:dyDescent="0.2">
       <c r="B4" s="3" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="5" spans="1:32" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:32" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B5" s="10"/>
       <c r="C5" s="10"/>
     </row>
-    <row r="6" spans="1:32" ht="30" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:32" ht="30" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" s="9"/>
-      <c r="B6" s="228">
+      <c r="B6" s="230">
         <v>65</v>
       </c>
-      <c r="C6" s="229"/>
-      <c r="D6" s="230" t="s">
+      <c r="C6" s="246"/>
+      <c r="D6" s="247" t="s">
         <v>15</v>
       </c>
-      <c r="E6" s="231"/>
-[...1 lines deleted...]
-      <c r="G6" s="231"/>
+      <c r="E6" s="248"/>
+      <c r="F6" s="248"/>
+      <c r="G6" s="248"/>
       <c r="H6" s="225" t="s">
         <v>16</v>
       </c>
       <c r="I6" s="226"/>
       <c r="J6" s="226"/>
       <c r="K6" s="226"/>
       <c r="L6" s="226"/>
       <c r="M6" s="225" t="s">
         <v>17</v>
       </c>
       <c r="N6" s="226"/>
       <c r="O6" s="226"/>
       <c r="P6" s="226"/>
       <c r="Q6" s="225" t="s">
         <v>18</v>
       </c>
       <c r="R6" s="226"/>
       <c r="S6" s="226"/>
       <c r="T6" s="226"/>
       <c r="U6" s="227"/>
       <c r="V6" s="225" t="s">
         <v>19</v>
       </c>
       <c r="W6" s="226"/>
       <c r="X6" s="226"/>
       <c r="Y6" s="226"/>
-      <c r="Z6" s="222" t="s">
+      <c r="Z6" s="243" t="s">
         <v>20</v>
       </c>
-      <c r="AA6" s="223"/>
-[...4 lines deleted...]
-      <c r="AF6" s="224"/>
+      <c r="AA6" s="244"/>
+      <c r="AB6" s="244"/>
+      <c r="AC6" s="244"/>
+      <c r="AD6" s="244"/>
+      <c r="AE6" s="244"/>
+      <c r="AF6" s="245"/>
     </row>
-    <row r="7" spans="1:32" ht="10.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:32" ht="10.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B7" s="124"/>
       <c r="C7" s="125"/>
       <c r="D7" s="125"/>
       <c r="E7" s="125"/>
       <c r="F7" s="125"/>
       <c r="G7" s="125"/>
       <c r="H7" s="125"/>
       <c r="I7" s="125"/>
       <c r="J7" s="125"/>
       <c r="K7" s="125"/>
       <c r="L7" s="125"/>
       <c r="M7" s="125"/>
       <c r="N7" s="125"/>
       <c r="O7" s="125"/>
       <c r="P7" s="125"/>
       <c r="Q7" s="125"/>
       <c r="R7" s="125"/>
       <c r="S7" s="125"/>
       <c r="T7" s="125"/>
       <c r="U7" s="125"/>
       <c r="V7" s="125"/>
       <c r="W7" s="125"/>
       <c r="X7" s="125"/>
       <c r="Y7" s="125"/>
       <c r="Z7" s="125"/>
       <c r="AA7" s="125"/>
       <c r="AB7" s="125"/>
       <c r="AC7" s="125"/>
       <c r="AD7" s="126"/>
       <c r="AE7" s="126"/>
       <c r="AF7" s="127"/>
     </row>
-    <row r="8" spans="1:32" ht="15.6" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:32" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A8" s="9"/>
       <c r="B8" s="115" t="s">
         <v>0</v>
       </c>
       <c r="C8" s="116" t="s">
         <v>1</v>
       </c>
       <c r="D8" s="117">
         <v>1</v>
       </c>
       <c r="E8" s="48">
         <v>8</v>
       </c>
       <c r="F8" s="47">
         <v>15</v>
       </c>
       <c r="G8" s="47">
         <v>22</v>
       </c>
       <c r="H8" s="118">
         <v>29</v>
       </c>
       <c r="I8" s="89">
         <v>6</v>
       </c>
@@ -4897,51 +4897,51 @@
       <c r="W8" s="90">
         <v>12</v>
       </c>
       <c r="X8" s="90">
         <v>19</v>
       </c>
       <c r="Y8" s="121">
         <v>26</v>
       </c>
       <c r="Z8" s="122">
         <v>2</v>
       </c>
       <c r="AA8" s="109">
         <v>9</v>
       </c>
       <c r="AB8" s="109">
         <v>16</v>
       </c>
       <c r="AC8" s="120">
         <v>23</v>
       </c>
       <c r="AF8" s="123">
         <v>16</v>
       </c>
     </row>
-    <row r="9" spans="1:32" ht="16.2" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:32" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A9" s="9"/>
       <c r="B9" s="26" t="s">
         <v>2</v>
       </c>
       <c r="C9" s="33" t="s">
         <v>3</v>
       </c>
       <c r="D9" s="24">
         <v>2</v>
       </c>
       <c r="E9" s="46">
         <v>9</v>
       </c>
       <c r="F9" s="5">
         <v>16</v>
       </c>
       <c r="G9" s="5">
         <v>23</v>
       </c>
       <c r="H9" s="102">
         <v>30</v>
       </c>
       <c r="I9" s="71">
         <v>7</v>
       </c>
@@ -4987,51 +4987,51 @@
       <c r="W9" s="72">
         <v>13</v>
       </c>
       <c r="X9" s="72">
         <v>20</v>
       </c>
       <c r="Y9" s="77">
         <v>27</v>
       </c>
       <c r="Z9" s="78">
         <v>3</v>
       </c>
       <c r="AA9" s="96">
         <v>10</v>
       </c>
       <c r="AB9" s="96">
         <v>17</v>
       </c>
       <c r="AC9" s="30">
         <v>24</v>
       </c>
       <c r="AF9" s="81">
         <v>17</v>
       </c>
     </row>
-    <row r="10" spans="1:32" ht="16.8" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:32" ht="17.25" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10" s="9"/>
       <c r="B10" s="26" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="33" t="s">
         <v>5</v>
       </c>
       <c r="D10" s="24">
         <v>3</v>
       </c>
       <c r="E10" s="46">
         <v>10</v>
       </c>
       <c r="F10" s="5">
         <v>17</v>
       </c>
       <c r="G10" s="30">
         <v>24</v>
       </c>
       <c r="H10" s="89">
         <v>1</v>
       </c>
       <c r="I10" s="72">
         <v>8</v>
       </c>
@@ -5077,51 +5077,51 @@
       <c r="W10" s="72">
         <v>14</v>
       </c>
       <c r="X10" s="96">
         <v>21</v>
       </c>
       <c r="Y10" s="77">
         <v>28</v>
       </c>
       <c r="Z10" s="78">
         <v>4</v>
       </c>
       <c r="AA10" s="96">
         <v>11</v>
       </c>
       <c r="AB10" s="96">
         <v>18</v>
       </c>
       <c r="AC10" s="30">
         <v>25</v>
       </c>
       <c r="AF10" s="81">
         <v>18</v>
       </c>
     </row>
-    <row r="11" spans="1:32" ht="16.2" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:32" ht="16.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A11" s="9"/>
       <c r="B11" s="26" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="33" t="s">
         <v>7</v>
       </c>
       <c r="D11" s="24">
         <v>4</v>
       </c>
       <c r="E11" s="46">
         <v>11</v>
       </c>
       <c r="F11" s="5">
         <v>18</v>
       </c>
       <c r="G11" s="186">
         <v>25</v>
       </c>
       <c r="H11" s="100">
         <v>2</v>
       </c>
       <c r="I11" s="72">
         <v>9</v>
       </c>
@@ -5167,51 +5167,51 @@
       <c r="W11" s="96">
         <v>15</v>
       </c>
       <c r="X11" s="5">
         <v>22</v>
       </c>
       <c r="Y11" s="77">
         <v>29</v>
       </c>
       <c r="Z11" s="78">
         <v>5</v>
       </c>
       <c r="AA11" s="96">
         <v>12</v>
       </c>
       <c r="AB11" s="96">
         <v>19</v>
       </c>
       <c r="AC11" s="30">
         <v>26</v>
       </c>
       <c r="AF11" s="81">
         <v>19</v>
       </c>
     </row>
-    <row r="12" spans="1:32" ht="16.2" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:32" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A12" s="9"/>
       <c r="B12" s="27" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="34" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="40">
         <v>5</v>
       </c>
       <c r="E12" s="49">
         <v>12</v>
       </c>
       <c r="F12" s="38">
         <v>19</v>
       </c>
       <c r="G12" s="98">
         <v>26</v>
       </c>
       <c r="H12" s="101">
         <v>3</v>
       </c>
       <c r="I12" s="76">
         <v>10</v>
       </c>
@@ -5257,352 +5257,352 @@
       <c r="W12" s="97">
         <v>16</v>
       </c>
       <c r="X12" s="38">
         <v>23</v>
       </c>
       <c r="Y12" s="79">
         <v>30</v>
       </c>
       <c r="Z12" s="80">
         <v>6</v>
       </c>
       <c r="AA12" s="97">
         <v>13</v>
       </c>
       <c r="AB12" s="97">
         <v>20</v>
       </c>
       <c r="AC12" s="39">
         <v>27</v>
       </c>
       <c r="AF12" s="82">
         <v>20</v>
       </c>
     </row>
-    <row r="13" spans="1:32" ht="10.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:32" ht="10.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A13" s="9"/>
       <c r="B13" s="31"/>
       <c r="C13" s="32"/>
       <c r="D13" s="32"/>
       <c r="E13" s="32"/>
       <c r="F13" s="32"/>
       <c r="G13" s="32"/>
       <c r="H13" s="32"/>
       <c r="I13" s="32"/>
       <c r="J13" s="32"/>
       <c r="K13" s="32"/>
       <c r="L13" s="32"/>
       <c r="M13" s="32"/>
       <c r="N13" s="32"/>
       <c r="O13" s="32"/>
       <c r="P13" s="32"/>
       <c r="Q13" s="32"/>
       <c r="R13" s="32"/>
       <c r="S13" s="32"/>
       <c r="T13" s="32"/>
       <c r="U13" s="32"/>
       <c r="V13" s="32"/>
       <c r="W13" s="32"/>
       <c r="X13" s="32"/>
       <c r="Y13" s="32"/>
       <c r="Z13" s="32"/>
       <c r="AA13" s="32"/>
       <c r="AB13" s="106"/>
       <c r="AC13" s="45"/>
     </row>
-    <row r="14" spans="1:32" ht="16.8" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:32" ht="17.25" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A14" s="9"/>
       <c r="B14" s="25" t="s">
         <v>10</v>
       </c>
       <c r="C14" s="35" t="s">
         <v>11</v>
       </c>
       <c r="D14" s="44">
         <v>6</v>
       </c>
       <c r="E14" s="8">
         <v>13</v>
       </c>
       <c r="F14" s="99">
         <v>20</v>
       </c>
       <c r="G14" s="87">
         <v>27</v>
       </c>
       <c r="H14" s="143">
         <v>4</v>
       </c>
       <c r="I14" s="68">
         <v>11</v>
       </c>
       <c r="J14" s="64">
         <v>18</v>
       </c>
       <c r="K14" s="87" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="L14" s="7">
         <v>1</v>
       </c>
       <c r="M14" s="64" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="N14" s="68">
         <v>15</v>
       </c>
       <c r="O14" s="64">
         <v>22</v>
       </c>
       <c r="P14" s="87">
         <v>29</v>
       </c>
       <c r="Q14" s="143">
         <v>6</v>
       </c>
       <c r="R14" s="68">
         <v>13</v>
       </c>
       <c r="S14" s="64" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="T14" s="51">
         <v>27</v>
       </c>
       <c r="U14" s="67" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="V14" s="64">
         <v>10</v>
       </c>
       <c r="W14" s="68">
         <v>17</v>
       </c>
       <c r="X14" s="64">
         <v>24</v>
       </c>
       <c r="Y14" s="104">
         <v>31</v>
       </c>
       <c r="Z14" s="83">
         <v>7</v>
       </c>
       <c r="AA14" s="85">
         <v>14</v>
       </c>
       <c r="AB14" s="107">
         <v>21</v>
       </c>
       <c r="AC14" s="58">
         <v>28</v>
       </c>
     </row>
-    <row r="15" spans="1:32" ht="16.8" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:32" ht="17.25" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A15" s="9"/>
       <c r="B15" s="27" t="s">
         <v>12</v>
       </c>
       <c r="C15" s="36" t="s">
         <v>13</v>
       </c>
       <c r="D15" s="41">
         <v>7</v>
       </c>
       <c r="E15" s="50">
         <v>14</v>
       </c>
       <c r="F15" s="42">
         <v>21</v>
       </c>
       <c r="G15" s="88">
         <v>28</v>
       </c>
       <c r="H15" s="86">
         <v>5</v>
       </c>
       <c r="I15" s="69">
         <v>12</v>
       </c>
       <c r="J15" s="65">
         <v>19</v>
       </c>
       <c r="K15" s="88" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="L15" s="50">
         <v>2</v>
       </c>
       <c r="M15" s="65" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="N15" s="69">
         <v>16</v>
       </c>
       <c r="O15" s="65">
         <v>23</v>
       </c>
       <c r="P15" s="88">
         <v>30</v>
       </c>
       <c r="Q15" s="86">
         <v>7</v>
       </c>
       <c r="R15" s="69">
         <v>14</v>
       </c>
       <c r="S15" s="65" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="T15" s="57">
         <v>28</v>
       </c>
       <c r="U15" s="103" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="V15" s="65">
         <v>11</v>
       </c>
       <c r="W15" s="69">
         <v>18</v>
       </c>
       <c r="X15" s="66">
         <v>25</v>
       </c>
       <c r="Y15" s="105">
         <v>1</v>
       </c>
       <c r="Z15" s="84">
         <v>8</v>
       </c>
       <c r="AA15" s="95">
         <v>15</v>
       </c>
       <c r="AB15" s="108">
         <v>22</v>
       </c>
       <c r="AC15" s="59">
         <v>1</v>
       </c>
     </row>
-    <row r="16" spans="1:32" ht="14.4" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:32" ht="15" thickTop="1" x14ac:dyDescent="0.2">
       <c r="C16" s="23"/>
     </row>
-    <row r="17" spans="1:33" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:33" x14ac:dyDescent="0.2">
       <c r="D17" s="4"/>
       <c r="E17" s="4"/>
       <c r="F17" s="4"/>
     </row>
-    <row r="18" spans="1:33" ht="20.399999999999999" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:33" ht="20.25" x14ac:dyDescent="0.2">
       <c r="B18" s="3" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="19" spans="1:33" ht="14.4" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="20" spans="1:33" ht="29.25" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:33" ht="15" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="20" spans="1:33" ht="29.25" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A20" s="9"/>
-      <c r="B20" s="228">
+      <c r="B20" s="230">
         <v>66</v>
       </c>
-      <c r="C20" s="235"/>
-[...3 lines deleted...]
-      <c r="E20" s="240"/>
+      <c r="C20" s="231"/>
+      <c r="D20" s="235" t="s">
+        <v>60</v>
+      </c>
+      <c r="E20" s="236"/>
       <c r="F20" s="178" t="s">
         <v>21</v>
       </c>
       <c r="G20" s="179"/>
       <c r="H20" s="179"/>
       <c r="I20" s="179"/>
       <c r="J20" s="180"/>
       <c r="K20" s="225" t="s">
         <v>22</v>
       </c>
       <c r="L20" s="226"/>
       <c r="M20" s="226"/>
       <c r="N20" s="227"/>
-      <c r="O20" s="236" t="s">
+      <c r="O20" s="232" t="s">
         <v>23</v>
       </c>
-      <c r="P20" s="237"/>
-[...1 lines deleted...]
-      <c r="R20" s="238"/>
+      <c r="P20" s="233"/>
+      <c r="Q20" s="233"/>
+      <c r="R20" s="234"/>
       <c r="S20" s="225" t="s">
         <v>24</v>
       </c>
       <c r="T20" s="226"/>
       <c r="U20" s="226"/>
       <c r="V20" s="226"/>
       <c r="W20" s="227"/>
       <c r="X20" s="226" t="s">
         <v>25</v>
       </c>
       <c r="Y20" s="226"/>
       <c r="Z20" s="226"/>
       <c r="AA20" s="227"/>
       <c r="AB20" s="225" t="s">
         <v>55</v>
       </c>
       <c r="AC20" s="226"/>
       <c r="AD20" s="226"/>
       <c r="AE20" s="227"/>
     </row>
-    <row r="21" spans="1:33" ht="10.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...29 lines deleted...]
-      <c r="AE21" s="234"/>
+    <row r="21" spans="1:33" ht="10.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B21" s="228"/>
+      <c r="C21" s="229"/>
+      <c r="D21" s="229"/>
+      <c r="E21" s="229"/>
+      <c r="F21" s="229"/>
+      <c r="G21" s="229"/>
+      <c r="H21" s="229"/>
+      <c r="I21" s="229"/>
+      <c r="J21" s="229"/>
+      <c r="K21" s="229"/>
+      <c r="L21" s="229"/>
+      <c r="M21" s="229"/>
+      <c r="N21" s="229"/>
+      <c r="O21" s="229"/>
+      <c r="P21" s="229"/>
+      <c r="Q21" s="229"/>
+      <c r="R21" s="229"/>
+      <c r="S21" s="229"/>
+      <c r="T21" s="229"/>
+      <c r="U21" s="229"/>
+      <c r="V21" s="229"/>
+      <c r="W21" s="229"/>
+      <c r="X21" s="229"/>
+      <c r="Y21" s="229"/>
+      <c r="Z21" s="229"/>
+      <c r="AA21" s="229"/>
+      <c r="AB21" s="229"/>
+      <c r="AC21" s="229"/>
+      <c r="AD21" s="229"/>
+      <c r="AE21" s="229"/>
       <c r="AF21" s="183"/>
     </row>
-    <row r="22" spans="1:33" ht="15.6" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:33" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A22" s="9"/>
       <c r="B22" s="142" t="s">
         <v>0</v>
       </c>
       <c r="C22" s="181" t="s">
         <v>1</v>
       </c>
       <c r="D22" s="109">
         <v>16</v>
       </c>
       <c r="E22" s="119">
         <v>23</v>
       </c>
       <c r="F22" s="89">
         <v>2</v>
       </c>
       <c r="G22" s="90">
         <v>9</v>
       </c>
       <c r="H22" s="90">
         <v>16</v>
       </c>
       <c r="I22" s="90">
         <v>23</v>
       </c>
@@ -5651,51 +5651,51 @@
       <c r="X22" s="111">
         <v>6</v>
       </c>
       <c r="Y22" s="47">
         <v>13</v>
       </c>
       <c r="Z22" s="47">
         <v>20</v>
       </c>
       <c r="AA22" s="120">
         <v>27</v>
       </c>
       <c r="AB22" s="48">
         <v>3</v>
       </c>
       <c r="AC22" s="47">
         <v>10</v>
       </c>
       <c r="AD22" s="47">
         <v>17</v>
       </c>
       <c r="AE22" s="120">
         <v>24</v>
       </c>
     </row>
-    <row r="23" spans="1:33" ht="16.2" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:33" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A23" s="9"/>
       <c r="B23" s="60" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="61" t="s">
         <v>3</v>
       </c>
       <c r="D23" s="96">
         <v>17</v>
       </c>
       <c r="E23" s="73">
         <v>24</v>
       </c>
       <c r="F23" s="71">
         <v>3</v>
       </c>
       <c r="G23" s="72">
         <v>10</v>
       </c>
       <c r="H23" s="72">
         <v>17</v>
       </c>
       <c r="I23" s="72">
         <v>24</v>
       </c>
@@ -5744,51 +5744,51 @@
       <c r="X23" s="114">
         <v>7</v>
       </c>
       <c r="Y23" s="5">
         <v>14</v>
       </c>
       <c r="Z23" s="5">
         <v>21</v>
       </c>
       <c r="AA23" s="30">
         <v>28</v>
       </c>
       <c r="AB23" s="46">
         <v>4</v>
       </c>
       <c r="AC23" s="5">
         <v>11</v>
       </c>
       <c r="AD23" s="5">
         <v>18</v>
       </c>
       <c r="AE23" s="30">
         <v>25</v>
       </c>
     </row>
-    <row r="24" spans="1:33" ht="16.2" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:33" ht="16.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A24" s="9"/>
       <c r="B24" s="60" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="61" t="s">
         <v>5</v>
       </c>
       <c r="D24" s="96">
         <v>18</v>
       </c>
       <c r="E24" s="73">
         <v>25</v>
       </c>
       <c r="F24" s="71">
         <v>4</v>
       </c>
       <c r="G24" s="72">
         <v>11</v>
       </c>
       <c r="H24" s="72">
         <v>18</v>
       </c>
       <c r="I24" s="73">
         <v>25</v>
       </c>
@@ -5837,51 +5837,51 @@
       <c r="X24" s="96">
         <v>8</v>
       </c>
       <c r="Y24" s="5">
         <v>15</v>
       </c>
       <c r="Z24" s="5">
         <v>22</v>
       </c>
       <c r="AA24" s="30">
         <v>29</v>
       </c>
       <c r="AB24" s="46">
         <v>5</v>
       </c>
       <c r="AC24" s="5">
         <v>12</v>
       </c>
       <c r="AD24" s="5">
         <v>19</v>
       </c>
       <c r="AE24" s="30">
         <v>26</v>
       </c>
     </row>
-    <row r="25" spans="1:33" ht="16.2" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:33" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A25" s="9"/>
       <c r="B25" s="60" t="s">
         <v>6</v>
       </c>
       <c r="C25" s="61" t="s">
         <v>7</v>
       </c>
       <c r="D25" s="96">
         <v>19</v>
       </c>
       <c r="E25" s="73">
         <v>26</v>
       </c>
       <c r="F25" s="71">
         <v>5</v>
       </c>
       <c r="G25" s="72">
         <v>12</v>
       </c>
       <c r="H25" s="72">
         <v>19</v>
       </c>
       <c r="I25" s="73">
         <v>26</v>
       </c>
@@ -5930,51 +5930,51 @@
       <c r="X25" s="96">
         <v>9</v>
       </c>
       <c r="Y25" s="5">
         <v>16</v>
       </c>
       <c r="Z25" s="5">
         <v>23</v>
       </c>
       <c r="AA25" s="30">
         <v>30</v>
       </c>
       <c r="AB25" s="46">
         <v>6</v>
       </c>
       <c r="AC25" s="5">
         <v>13</v>
       </c>
       <c r="AD25" s="5">
         <v>20</v>
       </c>
       <c r="AE25" s="30">
         <v>27</v>
       </c>
     </row>
-    <row r="26" spans="1:33" ht="16.8" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:33" ht="17.25" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A26" s="9"/>
       <c r="B26" s="128" t="s">
         <v>8</v>
       </c>
       <c r="C26" s="129" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="130">
         <v>20</v>
       </c>
       <c r="E26" s="112">
         <v>27</v>
       </c>
       <c r="F26" s="131">
         <v>6</v>
       </c>
       <c r="G26" s="132">
         <v>13</v>
       </c>
       <c r="H26" s="132">
         <v>20</v>
       </c>
       <c r="I26" s="112">
         <v>27</v>
       </c>
@@ -6023,975 +6023,975 @@
       <c r="X26" s="139">
         <v>10</v>
       </c>
       <c r="Y26" s="140">
         <v>17</v>
       </c>
       <c r="Z26" s="141">
         <v>24</v>
       </c>
       <c r="AA26" s="53">
         <v>31</v>
       </c>
       <c r="AB26" s="49">
         <v>7</v>
       </c>
       <c r="AC26" s="38">
         <v>14</v>
       </c>
       <c r="AD26" s="38">
         <v>21</v>
       </c>
       <c r="AE26" s="39">
         <v>28</v>
       </c>
     </row>
-    <row r="27" spans="1:33" ht="10.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:33" ht="10.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B27" s="144"/>
       <c r="C27" s="145"/>
       <c r="D27" s="145"/>
       <c r="E27" s="146"/>
       <c r="F27" s="145"/>
       <c r="G27" s="145"/>
       <c r="H27" s="145"/>
       <c r="I27" s="145"/>
       <c r="J27" s="145"/>
       <c r="K27" s="145"/>
       <c r="L27" s="145"/>
       <c r="M27" s="145"/>
       <c r="N27" s="145"/>
       <c r="O27" s="145"/>
       <c r="P27" s="145"/>
       <c r="Q27" s="145"/>
       <c r="R27" s="145"/>
       <c r="S27" s="145"/>
       <c r="T27" s="145"/>
       <c r="U27" s="145"/>
       <c r="V27" s="145"/>
       <c r="W27" s="145"/>
       <c r="X27" s="145"/>
       <c r="Y27" s="145"/>
       <c r="Z27" s="145"/>
       <c r="AA27" s="147"/>
       <c r="AB27" s="37"/>
       <c r="AC27" s="37"/>
       <c r="AD27" s="37"/>
       <c r="AE27" s="37"/>
       <c r="AF27" s="183"/>
     </row>
-    <row r="28" spans="1:33" ht="16.8" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:33" ht="17.25" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B28" s="148" t="s">
         <v>10</v>
       </c>
       <c r="C28" s="149" t="s">
         <v>11</v>
       </c>
       <c r="D28" s="150">
         <v>21</v>
       </c>
       <c r="E28" s="151">
         <v>28</v>
       </c>
       <c r="F28" s="152">
         <v>7</v>
       </c>
       <c r="G28" s="153">
         <v>14</v>
       </c>
       <c r="H28" s="150" t="s">
+        <v>64</v>
+      </c>
+      <c r="I28" s="154" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="J28" s="155">
         <v>4</v>
       </c>
       <c r="K28" s="150">
         <v>11</v>
       </c>
       <c r="L28" s="153">
         <v>18</v>
       </c>
       <c r="M28" s="156">
         <v>25</v>
       </c>
       <c r="N28" s="155">
         <v>2</v>
       </c>
       <c r="O28" s="153">
         <v>9</v>
       </c>
       <c r="P28" s="150">
         <v>16</v>
       </c>
       <c r="Q28" s="153" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="R28" s="156" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="S28" s="157">
         <v>6</v>
       </c>
       <c r="T28" s="150">
         <v>13</v>
       </c>
       <c r="U28" s="153">
         <v>20</v>
       </c>
       <c r="V28" s="158">
         <v>27</v>
       </c>
       <c r="W28" s="159">
         <v>4</v>
       </c>
       <c r="X28" s="160">
         <v>11</v>
       </c>
       <c r="Y28" s="161">
         <v>18</v>
       </c>
       <c r="Z28" s="162">
         <v>25</v>
       </c>
       <c r="AA28" s="184"/>
       <c r="AB28" s="63">
         <v>8</v>
       </c>
       <c r="AC28" s="52">
         <v>15</v>
       </c>
       <c r="AD28" s="62">
         <v>22</v>
       </c>
       <c r="AE28" s="51">
         <v>29</v>
       </c>
     </row>
-    <row r="29" spans="1:33" ht="16.8" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:33" ht="17.25" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B29" s="163" t="s">
         <v>12</v>
       </c>
       <c r="C29" s="164" t="s">
         <v>13</v>
       </c>
       <c r="D29" s="165">
         <v>22</v>
       </c>
       <c r="E29" s="166">
         <v>1</v>
       </c>
       <c r="F29" s="167">
         <v>8</v>
       </c>
       <c r="G29" s="168">
         <v>15</v>
       </c>
       <c r="H29" s="167" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="I29" s="169" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="J29" s="170">
         <v>5</v>
       </c>
       <c r="K29" s="167">
         <v>12</v>
       </c>
       <c r="L29" s="168">
         <v>19</v>
       </c>
       <c r="M29" s="171">
         <v>26</v>
       </c>
       <c r="N29" s="170">
         <v>3</v>
       </c>
       <c r="O29" s="168">
         <v>10</v>
       </c>
       <c r="P29" s="167">
         <v>17</v>
       </c>
       <c r="Q29" s="168" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="R29" s="171" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="S29" s="172">
         <v>7</v>
       </c>
       <c r="T29" s="167">
         <v>14</v>
       </c>
       <c r="U29" s="168">
         <v>21</v>
       </c>
       <c r="V29" s="173">
         <v>28</v>
       </c>
       <c r="W29" s="174">
         <v>5</v>
       </c>
       <c r="X29" s="175">
         <v>12</v>
       </c>
       <c r="Y29" s="176">
         <v>19</v>
       </c>
       <c r="Z29" s="177">
         <v>26</v>
       </c>
       <c r="AA29" s="185"/>
       <c r="AB29" s="50">
         <v>9</v>
       </c>
       <c r="AC29" s="42">
         <v>16</v>
       </c>
       <c r="AD29" s="42">
         <v>23</v>
       </c>
       <c r="AE29" s="43">
         <v>30</v>
       </c>
     </row>
-    <row r="30" spans="1:33" ht="15.6" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:33" ht="15.75" x14ac:dyDescent="0.2">
       <c r="B30" s="218"/>
       <c r="C30" s="220"/>
       <c r="D30" s="219"/>
       <c r="E30" s="219"/>
       <c r="F30" s="219"/>
       <c r="G30" s="219"/>
       <c r="H30" s="219"/>
       <c r="I30" s="219"/>
       <c r="J30" s="221"/>
       <c r="K30" s="219"/>
       <c r="L30" s="219"/>
       <c r="M30" s="219"/>
       <c r="N30" s="221"/>
       <c r="O30" s="219"/>
       <c r="P30" s="219"/>
       <c r="Q30" s="219"/>
       <c r="R30" s="219"/>
       <c r="S30" s="219"/>
       <c r="T30" s="219"/>
       <c r="U30" s="219"/>
       <c r="V30" s="219"/>
       <c r="W30" s="219"/>
       <c r="X30" s="219"/>
       <c r="Y30" s="219"/>
       <c r="Z30" s="8"/>
       <c r="AA30" s="8"/>
       <c r="AB30" s="8"/>
       <c r="AC30" s="8"/>
       <c r="AD30" s="8"/>
       <c r="AE30" s="8"/>
     </row>
-    <row r="31" spans="1:33" ht="16.2" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:33" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="N31" s="8"/>
     </row>
-    <row r="32" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B32" s="243" t="s">
+    <row r="32" spans="1:33" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B32" s="239" t="s">
         <v>26</v>
       </c>
-      <c r="C32" s="244"/>
-[...6 lines deleted...]
-      <c r="J32" s="244"/>
+      <c r="C32" s="240"/>
+      <c r="D32" s="240"/>
+      <c r="E32" s="240"/>
+      <c r="F32" s="240"/>
+      <c r="G32" s="240"/>
+      <c r="H32" s="240"/>
+      <c r="I32" s="240"/>
+      <c r="J32" s="240"/>
       <c r="K32" s="11"/>
       <c r="L32" s="11"/>
       <c r="M32" s="12"/>
       <c r="N32" s="12"/>
       <c r="O32" s="14" t="s">
         <v>50</v>
       </c>
       <c r="P32" s="15"/>
       <c r="Q32" s="16"/>
       <c r="R32" s="16"/>
       <c r="S32" s="15"/>
       <c r="T32" s="15"/>
       <c r="U32" s="17"/>
       <c r="V32" s="11"/>
-      <c r="W32" s="241" t="s">
+      <c r="W32" s="237" t="s">
         <v>49</v>
       </c>
-      <c r="X32" s="241"/>
-[...8 lines deleted...]
-      <c r="AG32" s="242"/>
+      <c r="X32" s="237"/>
+      <c r="Y32" s="237"/>
+      <c r="Z32" s="237"/>
+      <c r="AA32" s="237"/>
+      <c r="AB32" s="237"/>
+      <c r="AC32" s="237"/>
+      <c r="AD32" s="237"/>
+      <c r="AE32" s="237"/>
+      <c r="AF32" s="237"/>
+      <c r="AG32" s="238"/>
     </row>
-    <row r="33" spans="2:33" ht="14.4" x14ac:dyDescent="0.3">
-[...8 lines deleted...]
-      <c r="J33" s="246"/>
+    <row r="33" spans="2:33" ht="15" x14ac:dyDescent="0.25">
+      <c r="B33" s="241"/>
+      <c r="C33" s="242"/>
+      <c r="D33" s="242"/>
+      <c r="E33" s="242"/>
+      <c r="F33" s="242"/>
+      <c r="G33" s="242"/>
+      <c r="H33" s="242"/>
+      <c r="I33" s="242"/>
+      <c r="J33" s="242"/>
       <c r="K33"/>
       <c r="L33"/>
       <c r="M33"/>
       <c r="N33"/>
       <c r="O33" s="187" t="s">
         <v>51</v>
       </c>
       <c r="P33" s="188"/>
       <c r="Q33" s="187"/>
       <c r="S33"/>
       <c r="T33" s="189"/>
       <c r="U33"/>
       <c r="V33" s="190"/>
-      <c r="W33" s="232" t="s">
+      <c r="W33" s="224" t="s">
         <v>52</v>
       </c>
-      <c r="X33" s="232"/>
-[...4 lines deleted...]
-      <c r="AC33" s="232"/>
+      <c r="X33" s="224"/>
+      <c r="Y33" s="224"/>
+      <c r="Z33" s="224"/>
+      <c r="AA33" s="224"/>
+      <c r="AB33" s="224"/>
+      <c r="AC33" s="224"/>
       <c r="AD33" s="191"/>
       <c r="AE33" s="6"/>
       <c r="AG33" s="6"/>
     </row>
-    <row r="34" spans="2:33" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="2:33" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B34" s="13"/>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34"/>
       <c r="G34"/>
       <c r="H34" s="192"/>
       <c r="I34" s="192"/>
       <c r="J34" s="192"/>
       <c r="K34" s="193"/>
       <c r="L34"/>
       <c r="M34"/>
       <c r="N34"/>
       <c r="V34"/>
       <c r="AE34" s="6"/>
       <c r="AG34" s="6"/>
     </row>
-    <row r="35" spans="2:33" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="35" spans="2:33" ht="15" x14ac:dyDescent="0.25">
       <c r="B35" s="13"/>
       <c r="C35" s="194"/>
       <c r="D35" s="194"/>
       <c r="E35" s="194"/>
       <c r="F35" s="194"/>
       <c r="G35" s="194"/>
       <c r="H35" s="194"/>
       <c r="I35" s="194"/>
       <c r="J35" s="194"/>
       <c r="K35"/>
       <c r="L35"/>
       <c r="M35"/>
       <c r="N35"/>
       <c r="O35" s="195" t="s">
         <v>27</v>
       </c>
       <c r="P35" s="192" t="s">
         <v>29</v>
       </c>
       <c r="S35" s="196"/>
       <c r="T35"/>
       <c r="U35"/>
       <c r="V35"/>
       <c r="X35" s="197" t="s">
         <v>27</v>
       </c>
       <c r="Y35" s="198" t="s">
         <v>30</v>
       </c>
       <c r="AB35" s="199"/>
       <c r="AE35" s="6"/>
       <c r="AG35" s="6"/>
     </row>
-    <row r="36" spans="2:33" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="36" spans="2:33" ht="15" x14ac:dyDescent="0.25">
       <c r="B36" s="13"/>
       <c r="C36" s="200" t="s">
         <v>27</v>
       </c>
       <c r="D36" s="200"/>
       <c r="E36" s="200"/>
       <c r="F36" s="200"/>
       <c r="G36" s="192" t="s">
         <v>28</v>
       </c>
       <c r="H36"/>
       <c r="I36" s="194"/>
       <c r="J36"/>
       <c r="K36"/>
       <c r="L36"/>
       <c r="M36"/>
       <c r="N36"/>
       <c r="O36" s="195"/>
       <c r="P36" s="192" t="s">
         <v>33</v>
       </c>
       <c r="S36" s="196"/>
       <c r="T36" s="201"/>
       <c r="U36"/>
       <c r="W36" s="191"/>
       <c r="X36" s="197"/>
       <c r="Y36" s="198" t="s">
         <v>34</v>
       </c>
       <c r="AB36" s="199"/>
       <c r="AC36" s="199"/>
       <c r="AD36" s="199"/>
       <c r="AE36" s="6"/>
       <c r="AG36" s="6"/>
     </row>
-    <row r="37" spans="2:33" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="37" spans="2:33" ht="15" x14ac:dyDescent="0.25">
       <c r="B37" s="13"/>
       <c r="C37" s="200"/>
       <c r="D37" s="200"/>
       <c r="E37" s="200"/>
       <c r="F37" s="200"/>
       <c r="G37" s="202" t="s">
         <v>31</v>
       </c>
       <c r="H37"/>
       <c r="I37" s="202"/>
       <c r="J37" s="202" t="s">
         <v>32</v>
       </c>
       <c r="K37" s="202"/>
       <c r="L37"/>
       <c r="M37" s="202"/>
       <c r="N37"/>
       <c r="O37" s="196"/>
       <c r="P37" s="196"/>
       <c r="S37" s="196"/>
       <c r="T37" s="203"/>
       <c r="U37"/>
       <c r="V37"/>
       <c r="W37" s="204"/>
       <c r="X37" s="204"/>
       <c r="Y37"/>
       <c r="AB37"/>
       <c r="AC37" s="199"/>
       <c r="AD37" s="199"/>
       <c r="AE37" s="6"/>
       <c r="AG37" s="6"/>
     </row>
-    <row r="38" spans="2:33" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="38" spans="2:33" ht="15" x14ac:dyDescent="0.25">
       <c r="B38" s="13"/>
       <c r="C38" s="205"/>
       <c r="D38" s="205"/>
       <c r="E38" s="205"/>
       <c r="F38" s="205"/>
       <c r="G38"/>
       <c r="H38"/>
       <c r="I38"/>
       <c r="J38"/>
       <c r="K38"/>
       <c r="L38" s="202"/>
       <c r="M38"/>
       <c r="N38"/>
       <c r="O38" s="206" t="s">
         <v>27</v>
       </c>
       <c r="P38" s="192" t="s">
-        <v>60</v>
+        <v>79</v>
       </c>
       <c r="S38" s="196"/>
       <c r="T38" s="203"/>
       <c r="U38"/>
       <c r="V38"/>
       <c r="W38" s="196"/>
       <c r="X38" s="207" t="s">
         <v>27</v>
       </c>
       <c r="Y38" s="198" t="s">
         <v>36</v>
       </c>
       <c r="AB38" s="198"/>
       <c r="AC38"/>
       <c r="AD38"/>
       <c r="AE38" s="6"/>
       <c r="AG38" s="6"/>
     </row>
-    <row r="39" spans="2:33" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="39" spans="2:33" ht="15" x14ac:dyDescent="0.25">
       <c r="B39" s="13"/>
       <c r="C39" s="208" t="s">
         <v>27</v>
       </c>
       <c r="D39" s="208"/>
       <c r="E39" s="208"/>
       <c r="F39" s="208"/>
       <c r="G39" s="192" t="s">
         <v>35</v>
       </c>
       <c r="H39"/>
       <c r="I39" s="192"/>
       <c r="L39" s="209"/>
       <c r="M39"/>
       <c r="N39"/>
       <c r="O39" s="206"/>
       <c r="P39" s="210" t="s">
         <v>38</v>
       </c>
       <c r="S39" s="196"/>
       <c r="T39" s="203"/>
       <c r="U39"/>
       <c r="V39"/>
       <c r="W39" s="209"/>
       <c r="X39" s="207"/>
       <c r="Y39" s="198" t="s">
         <v>39</v>
       </c>
       <c r="AB39" s="198"/>
       <c r="AC39" s="198"/>
       <c r="AD39" s="198"/>
       <c r="AE39" s="6"/>
       <c r="AG39" s="6"/>
     </row>
-    <row r="40" spans="2:33" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="40" spans="2:33" ht="15" x14ac:dyDescent="0.25">
       <c r="B40" s="13"/>
       <c r="C40" s="208"/>
       <c r="D40" s="208"/>
       <c r="E40" s="208"/>
       <c r="F40" s="208"/>
       <c r="G40" s="192" t="s">
         <v>37</v>
       </c>
       <c r="H40"/>
       <c r="I40" s="192"/>
       <c r="L40" s="209"/>
       <c r="M40"/>
       <c r="N40"/>
       <c r="O40" s="196"/>
       <c r="P40" s="196"/>
       <c r="S40" s="196"/>
       <c r="T40" s="209"/>
       <c r="U40"/>
       <c r="V40"/>
       <c r="W40" s="209"/>
       <c r="X40" s="196"/>
       <c r="Y40" s="196"/>
       <c r="AB40" s="196"/>
       <c r="AC40" s="198"/>
       <c r="AD40" s="198"/>
       <c r="AE40" s="6"/>
       <c r="AG40" s="6"/>
     </row>
-    <row r="41" spans="2:33" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="41" spans="2:33" ht="15" x14ac:dyDescent="0.25">
       <c r="B41" s="13"/>
       <c r="C41" s="211"/>
       <c r="D41" s="211"/>
       <c r="E41" s="211"/>
       <c r="F41" s="211"/>
       <c r="G41" s="192"/>
       <c r="H41"/>
       <c r="I41" s="192"/>
       <c r="J41"/>
       <c r="K41" s="192"/>
       <c r="L41" s="209"/>
       <c r="M41"/>
       <c r="N41"/>
-      <c r="O41" s="248" t="s">
+      <c r="O41" s="223" t="s">
         <v>56</v>
       </c>
       <c r="P41" s="192" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="S41" s="196"/>
       <c r="T41" s="203"/>
       <c r="U41"/>
       <c r="V41"/>
       <c r="W41" s="196"/>
       <c r="X41" s="212"/>
       <c r="Y41" s="192" t="s">
         <v>42</v>
       </c>
       <c r="AB41"/>
       <c r="AC41" s="196"/>
       <c r="AD41" s="196"/>
       <c r="AE41" s="6"/>
       <c r="AG41" s="6"/>
     </row>
-    <row r="42" spans="2:33" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="42" spans="2:33" ht="15" x14ac:dyDescent="0.25">
       <c r="B42" s="13"/>
       <c r="C42" s="213" t="s">
         <v>27</v>
       </c>
       <c r="D42" s="213"/>
       <c r="E42" s="213"/>
       <c r="F42" s="213"/>
       <c r="G42" s="192" t="s">
         <v>40</v>
       </c>
       <c r="H42"/>
       <c r="I42" s="192"/>
       <c r="J42"/>
       <c r="K42" s="192"/>
       <c r="L42" s="209"/>
       <c r="M42"/>
       <c r="N42"/>
-      <c r="O42" s="247" t="s">
+      <c r="O42" s="222" t="s">
         <v>56</v>
       </c>
       <c r="P42" s="210" t="s">
         <v>57</v>
       </c>
       <c r="S42" s="196"/>
       <c r="T42" s="203"/>
       <c r="U42"/>
       <c r="V42"/>
       <c r="W42" s="196"/>
       <c r="X42" s="212"/>
       <c r="Y42" s="192" t="s">
         <v>44</v>
       </c>
       <c r="AB42"/>
       <c r="AC42" s="192"/>
       <c r="AD42" s="192"/>
       <c r="AE42" s="6"/>
       <c r="AG42" s="6"/>
     </row>
-    <row r="43" spans="2:33" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="43" spans="2:33" ht="15" x14ac:dyDescent="0.25">
       <c r="B43" s="13"/>
       <c r="C43" s="213"/>
       <c r="D43" s="213"/>
       <c r="E43" s="213"/>
       <c r="F43" s="213"/>
       <c r="G43" s="192" t="s">
         <v>43</v>
       </c>
       <c r="H43"/>
       <c r="I43" s="192"/>
       <c r="J43"/>
       <c r="K43" s="192"/>
       <c r="L43" s="209"/>
       <c r="M43"/>
       <c r="N43"/>
       <c r="O43" s="214" t="s">
         <v>56</v>
       </c>
       <c r="P43" s="192" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="S43" s="196"/>
       <c r="V43"/>
       <c r="W43" s="196"/>
       <c r="X43" s="196"/>
       <c r="Y43" s="192"/>
       <c r="AB43" s="192"/>
       <c r="AC43" s="192"/>
       <c r="AD43" s="192"/>
       <c r="AE43" s="6"/>
       <c r="AG43" s="6"/>
     </row>
-    <row r="44" spans="2:33" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="2:33" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B44" s="13"/>
       <c r="C44" s="211"/>
       <c r="D44" s="211"/>
       <c r="E44" s="211"/>
       <c r="F44" s="211"/>
       <c r="G44" s="192"/>
       <c r="H44"/>
       <c r="I44" s="192"/>
       <c r="J44"/>
       <c r="K44" s="192"/>
       <c r="L44" s="209"/>
       <c r="M44"/>
       <c r="N44"/>
       <c r="V44"/>
       <c r="W44" s="196"/>
       <c r="Y44" s="192" t="s">
         <v>46</v>
       </c>
       <c r="AB44"/>
       <c r="AC44" s="192"/>
       <c r="AD44" s="192"/>
       <c r="AE44" s="6"/>
       <c r="AG44" s="6"/>
     </row>
-    <row r="45" spans="2:33" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="45" spans="2:33" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B45" s="13"/>
       <c r="C45" s="205" t="s">
         <v>27</v>
       </c>
       <c r="D45" s="205"/>
       <c r="E45" s="205"/>
       <c r="F45" s="205"/>
       <c r="G45" s="192" t="s">
         <v>45</v>
       </c>
       <c r="H45"/>
       <c r="J45" s="192" t="s">
         <v>47</v>
       </c>
       <c r="K45" s="210"/>
       <c r="L45" s="209"/>
       <c r="M45"/>
       <c r="N45"/>
       <c r="O45" s="214" t="s">
         <v>27</v>
       </c>
       <c r="P45" s="192" t="s">
         <v>41</v>
       </c>
       <c r="S45" s="196"/>
       <c r="T45" s="203"/>
       <c r="U45"/>
       <c r="V45"/>
       <c r="W45" s="196"/>
       <c r="X45" s="196"/>
       <c r="Y45" s="196" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="Z45"/>
       <c r="AA45"/>
       <c r="AB45"/>
       <c r="AE45" s="6"/>
       <c r="AG45" s="6"/>
     </row>
-    <row r="46" spans="2:33" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="46" spans="2:33" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B46" s="13"/>
       <c r="C46" s="205"/>
       <c r="D46" s="205"/>
       <c r="E46" s="205"/>
       <c r="F46" s="205"/>
       <c r="G46" s="192"/>
       <c r="H46"/>
       <c r="J46" s="192"/>
       <c r="K46" s="210"/>
       <c r="L46" s="209"/>
       <c r="M46"/>
       <c r="N46"/>
       <c r="O46" s="214"/>
       <c r="P46" s="210" t="s">
         <v>38</v>
       </c>
       <c r="S46" s="196"/>
       <c r="T46" s="203"/>
       <c r="U46"/>
       <c r="V46"/>
       <c r="W46" s="196"/>
       <c r="X46" s="196"/>
       <c r="Y46" s="196"/>
       <c r="Z46"/>
       <c r="AA46"/>
       <c r="AB46"/>
       <c r="AE46" s="6"/>
       <c r="AG46" s="6"/>
     </row>
-    <row r="47" spans="2:33" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="2:33" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B47" s="13"/>
       <c r="C47" s="205"/>
       <c r="D47" s="205"/>
       <c r="E47" s="205"/>
       <c r="F47" s="205"/>
       <c r="G47" s="192"/>
       <c r="H47"/>
       <c r="J47" s="192"/>
       <c r="K47" s="210"/>
       <c r="L47" s="209"/>
       <c r="M47"/>
       <c r="N47"/>
       <c r="O47" s="192"/>
       <c r="P47" s="192"/>
       <c r="S47" s="196"/>
       <c r="T47" s="203"/>
       <c r="U47"/>
       <c r="V47"/>
       <c r="W47" s="196"/>
       <c r="X47" s="196"/>
       <c r="Y47" s="196"/>
       <c r="Z47"/>
       <c r="AA47"/>
       <c r="AB47"/>
       <c r="AE47" s="6"/>
       <c r="AG47" s="6"/>
     </row>
-    <row r="48" spans="2:33" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="48" spans="2:33" ht="15" x14ac:dyDescent="0.25">
       <c r="B48" s="13"/>
       <c r="C48" s="205"/>
       <c r="D48" s="205"/>
       <c r="E48" s="205"/>
       <c r="F48" s="205"/>
       <c r="H48"/>
       <c r="K48" s="210"/>
       <c r="L48" s="209"/>
       <c r="M48"/>
       <c r="N48"/>
       <c r="V48"/>
       <c r="W48" s="192"/>
       <c r="AA48"/>
       <c r="AB48"/>
       <c r="AC48"/>
       <c r="AD48"/>
       <c r="AE48" s="6"/>
       <c r="AG48" s="6"/>
     </row>
-    <row r="49" spans="2:33" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="49" spans="2:33" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B49" s="13"/>
       <c r="K49" s="201"/>
       <c r="L49" s="201"/>
       <c r="M49" s="201"/>
       <c r="N49"/>
       <c r="O49"/>
-      <c r="P49" s="232" t="s">
+      <c r="P49" s="224" t="s">
         <v>53</v>
       </c>
-      <c r="Q49" s="232"/>
-[...3 lines deleted...]
-      <c r="U49" s="232"/>
+      <c r="Q49" s="224"/>
+      <c r="R49" s="224"/>
+      <c r="S49" s="224"/>
+      <c r="T49" s="224"/>
+      <c r="U49" s="224"/>
       <c r="V49" s="216"/>
       <c r="W49" s="216"/>
       <c r="X49" s="215">
         <v>10</v>
       </c>
       <c r="Y49" s="196" t="s">
         <v>48</v>
       </c>
       <c r="AC49"/>
       <c r="AD49"/>
       <c r="AE49" s="6"/>
       <c r="AG49" s="6"/>
     </row>
-    <row r="50" spans="2:33" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="50" spans="2:33" ht="15" x14ac:dyDescent="0.25">
       <c r="B50" s="19"/>
       <c r="C50" s="205"/>
       <c r="D50" s="205"/>
       <c r="E50" s="205"/>
       <c r="F50" s="205"/>
       <c r="H50" s="205"/>
       <c r="I50" s="205"/>
       <c r="J50" s="205"/>
       <c r="K50" s="205"/>
       <c r="L50" s="205"/>
       <c r="M50" s="205"/>
       <c r="N50" s="205"/>
-      <c r="P50" s="232"/>
-[...4 lines deleted...]
-      <c r="U50" s="232"/>
+      <c r="P50" s="224"/>
+      <c r="Q50" s="224"/>
+      <c r="R50" s="224"/>
+      <c r="S50" s="224"/>
+      <c r="T50" s="224"/>
+      <c r="U50" s="224"/>
       <c r="V50"/>
       <c r="W50"/>
       <c r="X50" s="217"/>
       <c r="Y50" s="217"/>
       <c r="Z50" s="217"/>
       <c r="AA50" s="217"/>
       <c r="AB50" s="217"/>
       <c r="AC50"/>
       <c r="AD50"/>
       <c r="AE50" s="6"/>
       <c r="AG50" s="6"/>
     </row>
-    <row r="51" spans="2:33" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="51" spans="2:33" ht="15" x14ac:dyDescent="0.25">
       <c r="B51" s="20"/>
       <c r="P51" s="192" t="s">
         <v>54</v>
       </c>
       <c r="T51" s="216"/>
       <c r="U51" s="216"/>
       <c r="X51" s="217"/>
       <c r="Y51"/>
       <c r="Z51"/>
       <c r="AA51" s="216"/>
       <c r="AB51" s="216"/>
       <c r="AE51" s="6"/>
       <c r="AG51" s="6"/>
     </row>
-    <row r="52" spans="2:33" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="52" spans="2:33" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B52" s="21"/>
       <c r="C52" s="18"/>
       <c r="D52" s="18"/>
       <c r="E52" s="18"/>
       <c r="F52" s="18"/>
       <c r="G52" s="18"/>
       <c r="H52" s="18"/>
       <c r="I52" s="18"/>
       <c r="J52" s="18"/>
       <c r="K52" s="18"/>
       <c r="L52" s="18"/>
       <c r="M52" s="18"/>
       <c r="N52" s="18"/>
       <c r="O52" s="18"/>
       <c r="P52" s="18"/>
       <c r="Q52" s="18"/>
       <c r="R52" s="18"/>
       <c r="S52" s="18"/>
       <c r="T52" s="18"/>
       <c r="U52" s="18"/>
       <c r="V52" s="18"/>
       <c r="W52" s="18"/>
       <c r="X52" s="18"/>
       <c r="Y52" s="18"/>
       <c r="Z52" s="18"/>
       <c r="AA52" s="18"/>
       <c r="AB52" s="18"/>
       <c r="AC52" s="18"/>
       <c r="AD52" s="18"/>
       <c r="AE52" s="22"/>
       <c r="AF52" s="18"/>
       <c r="AG52" s="22"/>
     </row>
   </sheetData>
   <mergeCells count="19">
+    <mergeCell ref="Z6:AF6"/>
+    <mergeCell ref="Q6:U6"/>
+    <mergeCell ref="V6:Y6"/>
+    <mergeCell ref="B6:C6"/>
+    <mergeCell ref="D6:G6"/>
+    <mergeCell ref="H6:L6"/>
+    <mergeCell ref="M6:P6"/>
     <mergeCell ref="P49:U50"/>
     <mergeCell ref="S20:W20"/>
     <mergeCell ref="X20:AA20"/>
     <mergeCell ref="W33:AC33"/>
     <mergeCell ref="AB20:AE20"/>
     <mergeCell ref="B21:AE21"/>
     <mergeCell ref="B20:C20"/>
     <mergeCell ref="O20:R20"/>
     <mergeCell ref="K20:N20"/>
     <mergeCell ref="D20:E20"/>
     <mergeCell ref="W32:AG32"/>
     <mergeCell ref="B32:J33"/>
-    <mergeCell ref="Z6:AF6"/>
-[...5 lines deleted...]
-    <mergeCell ref="M6:P6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="58" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arkusze</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>63-64</vt:lpstr>